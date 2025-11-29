--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Ferlov Mancoba" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4919" uniqueCount="2242" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4923" uniqueCount="2243" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -6776,60 +6776,50 @@
   <si>
     <t>Kattinge, Denmark
 Birkerød, Denmark</t>
   </si>
   <si>
     <t>Else  Alfelt
 Mikael Andersen
 Ejler  Bille
 Hugo Ferlov
 Knud Ferlov
 Svavar Gudnason
 Henry Heerup
 Egill Jacobsen
 Robert  Jacobsen
 Asger Jorn
 Richard Mortensen
 Carl-Henning Pedersen
 Christian Poulsen
 Lina  Poulsen
 Erik Thommesen</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/gwWh</t>
   </si>
   <si>
-    <t>Audio file 109-1</t>
-[...8 lines deleted...]
-  <si>
     <t>Audio file 135-2</t>
   </si>
   <si>
     <t>Else  Alfelt
 Antonin Artaud
 Alberto Giacometti
 Egill Jacobsen
 Carl  Kjersmeier 
 Richard Mortensen
 Carl-Henning Pedersen
 Pablo Picasso
 Erik Thommesen</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/DclL</t>
   </si>
   <si>
     <t>Audio file 59-2</t>
   </si>
   <si>
     <t>Antonin Artaud
 Ejler  Bille
 Vilhelm Bjerke-Petersen
 Hieronymous  Bosch
 Salvador  Dali
@@ -7074,74 +7064,50 @@
   </si>
   <si>
     <t>Antonin Artaud
 Ejler  Bille
 Alberto Giacometti
 Egill Jacobsen
 Richard Mortensen
 Carl-Henning Pedersen</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/u5up</t>
   </si>
   <si>
     <t>Audio file 13-2</t>
   </si>
   <si>
     <t>Tidsindeks og kommentar forberedt af W. Szetranslated 2025-02-07</t>
   </si>
   <si>
     <t>Ernest Mancobas søn, Marc også kendt som Wonga, optog interviews med sin far. Interviewsene syntes at tjene forskellige formål. I denne fil diskuterer Ernest Mancoba sin filosofi om kunstForudgående fil: 13-1translated 2025-02-07</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/BwNu</t>
   </si>
   <si>
-    <t>Audio file 117-2</t>
-[...22 lines deleted...]
-  <si>
     <t>Audio file 134-2</t>
   </si>
   <si>
     <t>Brittany, France</t>
   </si>
   <si>
     <t>Ejler  Bille
 Charles de Gaulle
 Janub "Jane" Gool-Tabata
 Richard  Nixon
 Augusto José Ramón Pinochet
 Joseph  Stalin
 I.B. Tabata</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/6UpU</t>
   </si>
   <si>
     <t>Audio file 141-2</t>
   </si>
   <si>
     <t>Rue d'Aguerre, Paris</t>
   </si>
   <si>
     <t>Christine Baumeister
@@ -7444,67 +7410,50 @@
     <t>https://ferlov-mancoba.ktdk.dk/d/9X4l</t>
   </si>
   <si>
     <t>Audio file 84-2</t>
   </si>
   <si>
     <t>Grahamstown, now Makhanda, South Africa
 Alice, now Dikeni, South Africa</t>
   </si>
   <si>
     <t>Professor C.P. Dent
 Professor Murdoch
 Professor Tooke
 Sister Innes
 Sister Pauline
 Aimé  Césaire
 Édouard  Glissant
 Grace Dieu mission school
 Professor John Jabavu
 University of Fort Hare</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/YFPE</t>
   </si>
   <si>
-    <t>Audio file 85-2</t>
-[...15 lines deleted...]
-  <si>
     <t>Audio file 49-2</t>
   </si>
   <si>
     <t>Southampton, England</t>
   </si>
   <si>
     <t>Ngomo
 Bishop Smythe
 Paul Guillaume
 Lippy Lipshitz
 Elza Miles
 Thomas  Munro</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/dgM3</t>
   </si>
   <si>
     <t>Audio file 115-2</t>
   </si>
   <si>
     <t>Søren Kierkegaard
 Francis  of Assisi</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/N86C</t>
@@ -7532,69 +7481,50 @@
     <t>Mr. Fletcher
 Drancy internment camp
 University of Fort Hare</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/HRNy</t>
   </si>
   <si>
     <t>Audio file 13-1</t>
   </si>
   <si>
     <t>Plato
 Geoffrey Chaucer
 Sonja Ferlov Mancoba
 Wolfgang Amadeus Mozart
 William Shakespeare</t>
   </si>
   <si>
     <t> Tidsindeks og kommentar af W. Szetranslated 2025-02-07</t>
   </si>
   <si>
     <t>Ernest Mancobas søn, Marc, også kendt som Wonga, optog interviews med sin far. Interviewsne syntes at tjene forskellige formål. I denne fil diskuterer Ernest Mancoba sin filosofi om kunst, og Wonga sætter et mål for den familiememoire, han planlægger at skrive.Sandsynlig forgående fil: 11-1; sandsynlig efterfølgende fil: 13-2translated 2025-02-07</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/1L4z</t>
-  </si>
-[...17 lines deleted...]
-    <t>https://ferlov-mancoba.ktdk.dk/d/mJ9u</t>
   </si>
   <si>
     <t>Audio file 60-2</t>
   </si>
   <si>
     <t>Pietersburg, now Polokwane, South Africa
 District 6, neighbourhood in Cape Town, South Africa</t>
   </si>
   <si>
     <t>Bishop Fuller
 Sister Pauline
 Ellis Park rugby stadium
 Grace Dieu mission school
 Professor John Jabavu
 Khaiso secondary school
 Lovedale Missionary Institute
 Gerard Sekoto
 University of Fort Hare
 University of South Africa
 Father Samuel Percy Woodfield</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/h6BT</t>
   </si>
   <si>
@@ -7870,50 +7800,67 @@
   </si>
   <si>
     <t>Jean  Genet
 Wilfredo  Lam
 Marilyn Monroe
 Pablo Picasso</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/k6jj</t>
   </si>
   <si>
     <t>Audio file 29-1</t>
   </si>
   <si>
     <t>Maurice Clavel
 Immanuel Kant
 Søren Kierkegaard
 Karl  Marx
 Friedrich Nietzsche
 Virgil</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/H7d2</t>
   </si>
   <si>
+    <t>Audio file 85-2</t>
+  </si>
+  <si>
+    <t>Boksburg, South Africa</t>
+  </si>
+  <si>
+    <t>Lord Robert Baden-Powell
+Boy Scout Movement
+Grace Dieu mission school
+Pathfinders
+Alvin Uncle Mangqangwana
+University of Fort Hare</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/PsBr</t>
+  </si>
+  <si>
     <t>Audio file 73-2</t>
   </si>
   <si>
     <t>Thomas, an English lawyer in St Denis
 Jean-Jacques Rousseau</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/EGTh</t>
   </si>
   <si>
     <t>Audio file 56-1</t>
   </si>
   <si>
     <t>Turffontein, South Africa
 Boksburg, now a part of Greater Johannesburg, South Africa
 Johannesburg, South Africa
 New comet gold mines, South Africa
 Khayelitsha, a township outside of Cape Town, South Africa</t>
   </si>
   <si>
     <t>Irvine Mancoba
 Ronald Mancoba
 Florence  Mancoba, née Mangqangwana</t>
   </si>
   <si>
@@ -7988,50 +7935,106 @@
     <t>Sonja Ferlov Mancoba skriver til Børge Birch efter et besøg fra ham, hvor han har foreslået en prissætning og fordeling af salgsprisen baseret på støbeprisen for Sonja Ferlov Mancobas skulpturer. Sonja Ferlov Mancoba ønsker en anden salgspris, baseret på Birchs vurdering og en ligelig deling af indtægten, samt en fælles betaling af udgifterne til støbning. Hun kommenterer endvidere, at hun efter mange år uden salg først nu er begyndt at slippe sine skulpturer løs.</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/ifC2</t>
   </si>
   <si>
     <t>Jean-Jacques Rousseau</t>
   </si>
   <si>
     <t>Sonja Ferlov Mancoba svarer på en henvendelse fra Ulla Holst vedrørende sit syn på kvindens stilling i samfundet. Sonja Ferlov Mancoba anser dette anliggende for at være vigtigt, men uadskilleligt fra en samfundsmæssig undertrykkelse af mennesker efter køn, etnicitet og rang. Spørgsmålet om kvindernes frigørelse er overordnet set et spørgsmål om magt, ligesom overherredømmet i kolonierne og undertrykkelsen af arbejderklassen. I et samfund baseret på magt mener hun ikke, at der kan finde en frigørelse sted.</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/66ui</t>
   </si>
   <si>
     <t>Sonja Ferlov Mancoba svarer på en henvendelse fra Ulla Holst vedrørende sit syn på kvindens stilling i samfundet. Hun skriver, at problemet om kvindens stilling ikke kan stå alene, men er forbundet med alle de mennesker, som bliver udnyttet. Hun har selv fortrinsvis været optaget af materiel og åndelig ligeret for alle mennesker. Den løsning hun ser er en hel ny samfundsorden, baseret på et menneskeligt fællesskab. I et P.S. svarer hun på tre spørgsmål, fremsendt af Ulla Holst, om sin egen stilling som kvindelig kunstner.</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/hkdK</t>
   </si>
   <si>
     <t>undated</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/4HxQ</t>
+  </si>
+  <si>
+    <t>Audio file 109-1</t>
+  </si>
+  <si>
+    <t>Nelson Mandela
+Gerard Sekoto</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/6J25</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/vl33</t>
+  </si>
+  <si>
+    <t>Audio file 117-2</t>
+  </si>
+  <si>
+    <t>Comet gold mines, South Africa
+Rue d'Aguerre, Paris</t>
+  </si>
+  <si>
+    <t>Marion  Anderson
+Ejler  Bille
+Constantin Brancusi
+Rita  Gueyfier
+Henri  Laurens
+Wolfgang Amadeus Mozart
+Clarisse Penso
+Bessie Smith
+University of Fort Hare
+Antonio Vivaldi
+Bruno Walter
+Christian Zervos</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/ZoUO</t>
+  </si>
+  <si>
+    <t>Audio file 60-1</t>
+  </si>
+  <si>
+    <t>Germiston, now part of Greater Johannesburg, South Africa
+Benoni, now part of Greater Johannesburg, South Africa</t>
+  </si>
+  <si>
+    <t>Lord Robert Baden-Powell
+Boy Scout Movement
+Grace Dieu mission school
+Professor John Jabavu
+Lovedale Missionary Institute
+Pathfinders
+University of Fort Hare</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/mJ9u</t>
   </si>
   <si>
     <t>Torben Glarbo skriver til Sonja Ferlov Mancoba, Ernest Mancoba og Wonga Mancoba, at han og hans kone, Vibeke Glarbo, kommer til Paris i marts og håber at besøge dem.</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/FiYu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -8114,59 +8117,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/5aMR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/QxIhtmM5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/JC1rfS3w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/8lhhOyXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/fgz9ptIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/acQR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/1fkN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/K9lG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/D1si" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3UUP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/PlcF7kZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/AgYkjUL0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/hBwdcIrg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/skncu8d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/RsUtFoKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/ArwTYcXd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/dJDj7ktW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/SHViQ9fZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/IdcUikT8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/X6yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OCzs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/eZ3h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/akCs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/nKedBtXR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/2LOi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/F27W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MYEE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FBQB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/L6bX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3gCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/zlZj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/y3aN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dNIg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Tiws" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WqNe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/CUrW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wpER" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/K72q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6D5v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JJjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dHay" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Lr0m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/F8q1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/BuW1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hkun" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7OvE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YNoc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/us7y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MwvE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/qZCB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/NgGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WlNq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wFe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6OkP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OEgF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/bxZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/bJk1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/28QI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/NZBP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gC3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9ohd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MnAG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/rTMN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/2sBk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/2Nx8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/UI62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9aFE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HU5D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/j8wL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/fVbX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yxrS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/myaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/91Mt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Du9H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3VuY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/KLL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4VpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0N6Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OE9M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/iNXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7b3P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="http://ferlov-mancoba.ktdk.dk/vaerker/sonja-ferlov-mancoba-personnage-1963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/SV2X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/1vop" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/XYxk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OH9M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HzsH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Oiw9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/O1DY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/19hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/EY1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0ToE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/CTh1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0ngK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MMMA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OZWW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mihZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wI2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Mznz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ICl9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3HCu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/qgD7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Yv8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IFOa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tC1q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/y22w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/VbT2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/An9Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/bg4S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/KXTg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FrKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/A13p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8dsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/UFXH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9DO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/nQGz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ng0L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yGIg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/obci" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Yipe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Azz7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/m1bB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vZMJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/CFAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gXCD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/D3p9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/nYcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8kkN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/X6zi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/pybF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4T24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wv78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/RJFj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/twWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/j3pp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cSwn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/5bFV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tmVp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tmtN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PSQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mjD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xyTj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/n7xD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ric1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PP5X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gEHf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/BKhb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lNdW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Lu4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/aKhu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/5krg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oMaM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dfeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/t8Il" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/iqZr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/SL4w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/aA49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/S8uq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/uDgx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/jfQQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FUnA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/rgF9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mImk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6cMu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3PXe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HXzw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/O3bR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/LCEj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/X3XR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/zG5N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4wIK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/M22s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/RiQD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/SJfs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/A6yN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/01kS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MMt8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tJun" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6QK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7aP3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xZj2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/kKSN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/19UE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Dmbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/o2wG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dv4x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IfTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vpw9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Baep" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YDTY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/AXj8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0z2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cgdB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Nfkh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8hnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cEGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/F5uY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3QwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6HcI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PnIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JCLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ySyQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/D1zW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/G0ye" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/T1ek" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/C7rc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0xHM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JeKl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gHfL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lcZU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/RiqL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/pBe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/CZW8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/latz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wN7t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/AUwV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/GpYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ufQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8ljb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/L1kP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/sYFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WIhm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZiWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/zG7q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OL8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/VoQZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FLbs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/W29A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mosj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Nyv9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/kMAT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Ay4M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZfiS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/e7dz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/npmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/33kV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8sGY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/TLoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/e2jh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/f1NT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/12OW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/A80y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IN4K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/i3ma" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/sMMY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/V81X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/m8jB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gW0X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/53jG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/M8b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/U0n9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ec76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/pSAQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/p1Ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/iTmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4dWg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/pMNe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/34yR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/x9Uc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vtG8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8uBI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0WHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/kFSo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ds0C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/5IGx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/inSX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/19kp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Xp2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/rsvp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/enOJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/2w0p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/LEfC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7Q7q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/sbtt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9bqp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vrZj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7iv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tsnM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0p3J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yJ1G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/XtM0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WKH7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yqWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9sdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9Osg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vcOz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZaEd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yXA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/TFWg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xmWK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/QJXJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Hxbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Kn4s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cnF7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/piar" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FlxT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/XVm4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lVG3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4QzZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oLB4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9qku" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vDDv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/82nr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/59fw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wMOl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/p0rI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/M59R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vwdw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/o3UR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/STIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/CqWX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/LS8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ldl2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/E7RE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dqiq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/u92u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xvdU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xwvD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/pxsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oFEy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mM7Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tEwQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cAvw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/EGDi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lAPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Yc3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/49OY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JzPb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cP4F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/uCbs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/L63Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/I20O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/EWh7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/RyvP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7FCP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7Awy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/bXqp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/O8Pu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FAl3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZB6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oo3z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/eJIi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4xDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Vtjf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/DuKR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Md9r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Aozb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/78en" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tkel" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HZWI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0iLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yipf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZRqX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/LRmQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/rMut" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/x1YB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/KbOg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Hkop" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/kGfO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Rng5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/kKLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/sxuT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mYF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Db5u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/zqy1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hRc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/XkhY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xyW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hKFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4tXN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MrP9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3lj9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WiKh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PRE4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cC49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3vYb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4SRj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8WLf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WHRv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/rfkd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YpVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/TQI9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/r4wL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/X1wG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/bNXe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hYFv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/i8da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PTUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/imnj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/GNoj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8scJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/elEA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/fkBa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3Apj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ruhJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/BEKJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9O06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/VCuQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/92pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9PyQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9cId" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/sZNx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YnIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7D1L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lgb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wPNF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JfLQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/nIyA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/S4Cm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Nyqg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0zW1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/omF4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/53HX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oRaU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vZk7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ndJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MzZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/qqjA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/QzqY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Xf2H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/qtBr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IPz3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/nmCp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Nq0h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/eWIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6ZJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Liwk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9SAG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WqTC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/utDL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/h1h7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YkDl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/b0RY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dZnS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7nXY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/goiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IX7u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/aEuQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/e0GV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OH25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/AzXQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/zdXM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WFpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Op9m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7XMf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MRDY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/fFHw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JzsM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wv3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cPXr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oYiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Nvkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yKUE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/76GC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HAQl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Vb0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6Nea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/fmad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/khFA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Rycx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Ne3R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/GsU7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/jhwP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0uJI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ODf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Kt25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oMlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Wwwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cred" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lWbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tqGh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ebeq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gwWh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6J25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/DclL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tjpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9hSo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/eqKT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4btE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Mhgv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/w9fq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ANFG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0QgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0KDB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId490" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/uVmG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId491" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gDIX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId492" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/B2b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId493" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/u5up" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId494" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/BwNu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId495" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZoUO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId496" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6UpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId497" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/qeDk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId498" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/aniY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId499" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/778G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId500" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JwI4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId501" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xw27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId502" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/i5KC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId503" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YUgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId504" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Q5FT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId505" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8QNR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId506" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/NokU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId507" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/K8bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId508" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xn0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId509" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/iFJ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId510" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/R2w4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId511" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/B6FG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId512" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Y9jd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId513" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9X4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId514" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YFPE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId515" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PsBr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId516" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dgM3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId517" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/N86C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId518" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId519" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HRNy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId520" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/1L4z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId521" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mJ9u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId522" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/h6BT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId523" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/GHZp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId524" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/y1kx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId525" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gRms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId526" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Zet6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId527" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IPpF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId528" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ow36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId529" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4yMX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId530" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Avd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId531" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9iZ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId532" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JJEc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId533" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9csv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId534" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/eCA9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId535" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/P8Kr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId536" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9Tfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId537" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/1MLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId538" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/v3No" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId539" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vMXx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId540" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/k6jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId541" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/H7d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId542" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/EGTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId543" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4xG8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId544" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/j9jz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId545" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0Wqt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId546" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ePk1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId547" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/t0Ao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId548" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/AJS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId549" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ifC2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId550" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/66ui" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId551" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hkdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId552" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4HxQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId553" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FiYu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId554" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/5aMR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/QxIhtmM5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/JC1rfS3w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/8lhhOyXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/fgz9ptIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/acQR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/1fkN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/K9lG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/D1si" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3UUP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/PlcF7kZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/AgYkjUL0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/hBwdcIrg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/skncu8d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/RsUtFoKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/ArwTYcXd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/dJDj7ktW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/SHViQ9fZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/IdcUikT8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/X6yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OCzs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/eZ3h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/akCs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/nKedBtXR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/2LOi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/F27W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MYEE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FBQB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/L6bX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3gCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/zlZj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/y3aN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dNIg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Tiws" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WqNe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/CUrW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wpER" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/K72q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6D5v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JJjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dHay" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Lr0m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/F8q1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/BuW1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hkun" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7OvE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YNoc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/us7y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MwvE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/qZCB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/NgGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WlNq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wFe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6OkP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OEgF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/bxZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/bJk1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/28QI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/NZBP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gC3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9ohd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MnAG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/rTMN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/2sBk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/2Nx8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/UI62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9aFE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HU5D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/j8wL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/fVbX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yxrS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/myaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/91Mt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Du9H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3VuY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/KLL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4VpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0N6Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OE9M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/iNXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7b3P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="http://ferlov-mancoba.ktdk.dk/vaerker/sonja-ferlov-mancoba-personnage-1963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/SV2X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/1vop" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/XYxk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OH9M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HzsH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Oiw9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/O1DY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/19hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/EY1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0ToE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/CTh1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0ngK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MMMA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OZWW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mihZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wI2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Mznz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ICl9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3HCu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/qgD7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Yv8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IFOa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tC1q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/y22w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/VbT2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/An9Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/bg4S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/KXTg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FrKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/A13p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8dsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/UFXH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9DO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/nQGz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ng0L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yGIg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/obci" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Yipe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Azz7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/m1bB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vZMJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/CFAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gXCD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/D3p9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/nYcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8kkN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/X6zi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/pybF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4T24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wv78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/RJFj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/twWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/j3pp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cSwn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/5bFV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tmVp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tmtN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PSQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mjD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xyTj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/n7xD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ric1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PP5X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gEHf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/BKhb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lNdW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Lu4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/aKhu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/5krg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oMaM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dfeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/t8Il" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/iqZr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/SL4w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/aA49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/S8uq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/uDgx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/jfQQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FUnA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/rgF9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mImk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6cMu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3PXe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HXzw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/O3bR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/LCEj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/X3XR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/zG5N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4wIK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/M22s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/RiQD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/SJfs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/A6yN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/01kS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MMt8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tJun" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6QK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7aP3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xZj2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/kKSN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/19UE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Dmbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/o2wG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dv4x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IfTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vpw9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Baep" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YDTY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/AXj8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0z2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cgdB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Nfkh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8hnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cEGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/F5uY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3QwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6HcI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PnIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JCLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ySyQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/D1zW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/G0ye" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/T1ek" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/C7rc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0xHM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JeKl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gHfL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lcZU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/RiqL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/pBe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/CZW8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/latz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wN7t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/AUwV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/GpYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ufQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8ljb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/L1kP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/sYFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WIhm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZiWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/zG7q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OL8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/VoQZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FLbs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/W29A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mosj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Nyv9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/kMAT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Ay4M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZfiS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/e7dz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/npmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/33kV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8sGY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/TLoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/e2jh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/f1NT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/12OW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/A80y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IN4K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/i3ma" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/sMMY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/V81X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/m8jB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gW0X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/53jG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/M8b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/U0n9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ec76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/pSAQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/p1Ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/iTmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4dWg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/pMNe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/34yR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/x9Uc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vtG8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8uBI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0WHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/kFSo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ds0C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/5IGx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/inSX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/19kp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Xp2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/rsvp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/enOJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/2w0p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/LEfC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7Q7q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/sbtt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9bqp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vrZj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7iv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tsnM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0p3J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yJ1G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/XtM0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WKH7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yqWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9sdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9Osg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vcOz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZaEd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yXA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/TFWg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xmWK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/QJXJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Hxbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Kn4s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cnF7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/piar" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FlxT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/XVm4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lVG3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4QzZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oLB4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9qku" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vDDv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/82nr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/59fw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wMOl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/p0rI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/M59R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vwdw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/o3UR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/STIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/CqWX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/LS8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ldl2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/E7RE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dqiq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/u92u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xvdU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xwvD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/pxsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oFEy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mM7Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tEwQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cAvw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/EGDi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lAPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Yc3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/49OY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JzPb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cP4F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/uCbs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/L63Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/I20O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/EWh7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/RyvP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7FCP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7Awy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/bXqp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/O8Pu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FAl3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZB6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oo3z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/eJIi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4xDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Vtjf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/DuKR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Md9r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Aozb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/78en" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tkel" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HZWI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0iLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yipf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZRqX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/LRmQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/rMut" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/x1YB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/KbOg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Hkop" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/kGfO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Rng5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/kKLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/sxuT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mYF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Db5u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/zqy1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hRc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/XkhY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xyW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hKFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4tXN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MrP9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3lj9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WiKh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PRE4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cC49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3vYb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4SRj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8WLf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WHRv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/rfkd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YpVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/TQI9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/r4wL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/X1wG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/bNXe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hYFv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/i8da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PTUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/imnj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/GNoj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8scJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/elEA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/fkBa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3Apj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ruhJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/BEKJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9O06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/VCuQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/92pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9PyQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9cId" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/sZNx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YnIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7D1L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lgb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wPNF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JfLQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/nIyA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/S4Cm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Nyqg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0zW1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/omF4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/53HX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oRaU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vZk7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ndJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MzZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/qqjA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/QzqY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Xf2H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/qtBr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IPz3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/nmCp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Nq0h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/eWIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6ZJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Liwk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9SAG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WqTC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/utDL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/h1h7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YkDl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/b0RY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dZnS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7nXY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/goiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IX7u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/aEuQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/e0GV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OH25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/AzXQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/zdXM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WFpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Op9m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7XMf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MRDY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/fFHw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JzsM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wv3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cPXr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oYiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Nvkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yKUE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/76GC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HAQl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Vb0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6Nea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/fmad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/khFA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Rycx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Ne3R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/GsU7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/jhwP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0uJI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ODf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Kt25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oMlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Wwwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cred" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lWbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tqGh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ebeq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gwWh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/DclL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tjpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9hSo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/eqKT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4btE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Mhgv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/w9fq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ANFG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0QgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0KDB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/uVmG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId490" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gDIX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId491" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/B2b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId492" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/u5up" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId493" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/BwNu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId494" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6UpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId495" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/qeDk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId496" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/aniY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId497" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/778G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId498" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JwI4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId499" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xw27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId500" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/i5KC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId501" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YUgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId502" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Q5FT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId503" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8QNR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId504" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/NokU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId505" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/K8bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId506" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xn0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId507" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/iFJ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId508" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/R2w4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId509" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/B6FG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId510" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Y9jd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId511" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9X4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId512" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YFPE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId513" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dgM3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId514" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/N86C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId515" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId516" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HRNy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId517" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/1L4z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId518" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/h6BT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId519" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/GHZp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId520" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/y1kx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId521" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gRms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId522" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Zet6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId523" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IPpF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId524" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ow36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId525" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4yMX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId526" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Avd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId527" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9iZ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId528" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JJEc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId529" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9csv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId530" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/eCA9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId531" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/P8Kr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId532" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9Tfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId533" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/1MLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId534" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/v3No" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId535" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vMXx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId536" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/k6jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId537" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/H7d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId538" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PsBr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId539" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/EGTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId540" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4xG8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId541" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/j9jz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId542" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0Wqt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId543" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ePk1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId544" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/t0Ao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId545" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/AJS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId546" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ifC2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId547" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/66ui" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId548" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hkdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId549" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4HxQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId550" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6J25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId551" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vl33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId552" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZoUO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId553" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mJ9u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId554" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FiYu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId555" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M549"/>
+  <dimension ref="A1:M550"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -28229,786 +28232,786 @@
       <c r="M476" s="5"/>
     </row>
     <row r="477">
       <c r="A477" s="5" t="s">
         <v>1984</v>
       </c>
       <c r="B477" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C477" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E477" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G477" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G477" s="5" t="s">
+        <v>1985</v>
       </c>
       <c r="H477" s="5" t="s">
-        <v>1985</v>
+        <v>1986</v>
       </c>
       <c r="I477" s="5"/>
       <c r="J477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L477" s="6" t="s">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="M477" s="5"/>
     </row>
     <row r="478">
       <c r="A478" s="5" t="s">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="B478" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C478" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E478" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G478" s="5" t="s">
-        <v>1988</v>
+      <c r="G478" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H478" s="5" t="s">
         <v>1989</v>
       </c>
       <c r="I478" s="5"/>
       <c r="J478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L478" s="6" t="s">
         <v>1990</v>
       </c>
       <c r="M478" s="5"/>
     </row>
     <row r="479">
       <c r="A479" s="5" t="s">
         <v>1991</v>
       </c>
       <c r="B479" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C479" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E479" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G479" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G479" s="5" t="s">
+        <v>1992</v>
       </c>
       <c r="H479" s="5" t="s">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="I479" s="5"/>
       <c r="J479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L479" s="6" t="s">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="M479" s="5"/>
     </row>
     <row r="480">
       <c r="A480" s="5" t="s">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="B480" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C480" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E480" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G480" s="5" t="s">
-        <v>1995</v>
+      <c r="G480" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H480" s="5" t="s">
         <v>1996</v>
       </c>
       <c r="I480" s="5"/>
       <c r="J480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L480" s="6" t="s">
         <v>1997</v>
       </c>
       <c r="M480" s="5"/>
     </row>
     <row r="481">
       <c r="A481" s="5" t="s">
         <v>1998</v>
       </c>
       <c r="B481" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C481" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E481" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G481" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G481" s="5" t="s">
+        <v>1999</v>
       </c>
       <c r="H481" s="5" t="s">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="I481" s="5"/>
       <c r="J481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L481" s="6" t="s">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="M481" s="5"/>
     </row>
     <row r="482">
       <c r="A482" s="5" t="s">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="B482" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C482" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E482" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G482" s="5" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="H482" s="5" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="I482" s="5"/>
       <c r="J482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L482" s="6" t="s">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="M482" s="5"/>
     </row>
     <row r="483">
       <c r="A483" s="5" t="s">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="B483" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C483" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E483" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G483" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H483" s="5" t="s">
+      <c r="G483" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H483" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I483" s="5" t="s">
         <v>2007</v>
       </c>
-      <c r="I483" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="J483" s="5" t="s">
+        <v>2008</v>
+      </c>
+      <c r="K483" s="5" t="s">
+        <v>2009</v>
       </c>
       <c r="L483" s="6" t="s">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="M483" s="5"/>
     </row>
     <row r="484">
       <c r="A484" s="5" t="s">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="B484" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C484" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E484" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G484" s="5" t="inlineStr">
-[...15 lines deleted...]
-      <c r="K484" s="5" t="s">
+      <c r="G484" s="5" t="s">
         <v>2012</v>
       </c>
+      <c r="H484" s="5" t="s">
+        <v>2013</v>
+      </c>
+      <c r="I484" s="5"/>
+      <c r="J484" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K484" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="L484" s="6" t="s">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="M484" s="5"/>
     </row>
     <row r="485">
       <c r="A485" s="5" t="s">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B485" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C485" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E485" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G485" s="5" t="s">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="H485" s="5" t="s">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="I485" s="5"/>
       <c r="J485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L485" s="6" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="M485" s="5"/>
     </row>
     <row r="486">
       <c r="A486" s="5" t="s">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B486" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C486" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E486" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G486" s="5" t="s">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="H486" s="5" t="s">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I486" s="5"/>
       <c r="J486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L486" s="6" t="s">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="M486" s="5"/>
     </row>
     <row r="487">
       <c r="A487" s="5" t="s">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B487" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C487" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E487" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G487" s="5" t="s">
-        <v>2023</v>
+      <c r="G487" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H487" s="5" t="s">
         <v>2024</v>
       </c>
       <c r="I487" s="5"/>
       <c r="J487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L487" s="6" t="s">
         <v>2025</v>
       </c>
       <c r="M487" s="5"/>
     </row>
     <row r="488">
       <c r="A488" s="5" t="s">
         <v>2026</v>
       </c>
       <c r="B488" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C488" s="5" t="s">
-        <v>256</v>
+        <v>2027</v>
       </c>
       <c r="D488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E488" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H488" s="5" t="s">
-        <v>2027</v>
+        <v>2028</v>
       </c>
       <c r="I488" s="5"/>
       <c r="J488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L488" s="6" t="s">
-        <v>2028</v>
+        <v>2029</v>
       </c>
       <c r="M488" s="5"/>
     </row>
     <row r="489">
       <c r="A489" s="5" t="s">
-        <v>2029</v>
+        <v>2030</v>
       </c>
       <c r="B489" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C489" s="5" t="s">
-        <v>2030</v>
+        <v>256</v>
       </c>
       <c r="D489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E489" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H489" s="5" t="s">
+      <c r="H489" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I489" s="5" t="s">
         <v>2031</v>
       </c>
-      <c r="I489" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="J489" s="5" t="s">
+        <v>1740</v>
+      </c>
+      <c r="K489" s="5" t="s">
+        <v>2032</v>
       </c>
       <c r="L489" s="6" t="s">
-        <v>2032</v>
+        <v>2033</v>
       </c>
       <c r="M489" s="5"/>
     </row>
     <row r="490">
       <c r="A490" s="5" t="s">
-        <v>2033</v>
+        <v>2034</v>
       </c>
       <c r="B490" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C490" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E490" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G490" s="5" t="inlineStr">
-[...15 lines deleted...]
-      <c r="K490" s="5" t="s">
+      <c r="G490" s="5" t="s">
         <v>2035</v>
       </c>
+      <c r="H490" s="5" t="s">
+        <v>2036</v>
+      </c>
+      <c r="I490" s="5"/>
+      <c r="J490" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K490" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="L490" s="6" t="s">
-        <v>2036</v>
+        <v>2037</v>
       </c>
       <c r="M490" s="5"/>
     </row>
     <row r="491">
       <c r="A491" s="5" t="s">
-        <v>2037</v>
+        <v>2038</v>
       </c>
       <c r="B491" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C491" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E491" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G491" s="5" t="s">
-        <v>2038</v>
+        <v>2039</v>
       </c>
       <c r="H491" s="5" t="s">
-        <v>2039</v>
+        <v>2040</v>
       </c>
       <c r="I491" s="5"/>
       <c r="J491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L491" s="6" t="s">
-        <v>2040</v>
+        <v>2041</v>
       </c>
       <c r="M491" s="5"/>
     </row>
     <row r="492">
       <c r="A492" s="5" t="s">
-        <v>2041</v>
+        <v>2042</v>
       </c>
       <c r="B492" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C492" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E492" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G492" s="5" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="H492" s="5" t="s">
-        <v>2043</v>
+        <v>2044</v>
       </c>
       <c r="I492" s="5"/>
       <c r="J492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L492" s="6" t="s">
-        <v>2044</v>
+        <v>2045</v>
       </c>
       <c r="M492" s="5"/>
     </row>
     <row r="493">
       <c r="A493" s="5" t="s">
-        <v>2045</v>
+        <v>2046</v>
       </c>
       <c r="B493" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C493" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E493" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G493" s="5" t="s">
-        <v>2046</v>
+      <c r="G493" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H493" s="5" t="s">
         <v>2047</v>
       </c>
       <c r="I493" s="5"/>
       <c r="J493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L493" s="6" t="s">
         <v>2048</v>
       </c>
       <c r="M493" s="5"/>
     </row>
     <row r="494">
       <c r="A494" s="5" t="s">
         <v>2049</v>
       </c>
       <c r="B494" s="5" t="s">
@@ -29192,191 +29195,191 @@
       <c r="M497" s="5"/>
     </row>
     <row r="498">
       <c r="A498" s="5" t="s">
         <v>2063</v>
       </c>
       <c r="B498" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C498" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E498" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G498" s="5" t="s">
+      <c r="G498" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H498" s="5" t="s">
         <v>2064</v>
-      </c>
-[...1 lines deleted...]
-        <v>2065</v>
       </c>
       <c r="I498" s="5"/>
       <c r="J498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L498" s="6" t="s">
-        <v>2066</v>
+        <v>2065</v>
       </c>
       <c r="M498" s="5"/>
     </row>
     <row r="499">
       <c r="A499" s="5" t="s">
-        <v>2067</v>
+        <v>2066</v>
       </c>
       <c r="B499" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C499" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E499" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G499" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G499" s="5" t="s">
+        <v>2067</v>
       </c>
       <c r="H499" s="5" t="s">
         <v>2068</v>
       </c>
       <c r="I499" s="5"/>
       <c r="J499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L499" s="6" t="s">
         <v>2069</v>
       </c>
       <c r="M499" s="5"/>
     </row>
     <row r="500">
       <c r="A500" s="5" t="s">
         <v>2070</v>
       </c>
       <c r="B500" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C500" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E500" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G500" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G500" s="5" t="s">
+        <v>2071</v>
       </c>
       <c r="H500" s="5" t="s">
-        <v>2071</v>
+        <v>2072</v>
       </c>
       <c r="I500" s="5"/>
       <c r="J500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L500" s="6" t="s">
-        <v>2072</v>
+        <v>2073</v>
       </c>
       <c r="M500" s="5"/>
     </row>
     <row r="501">
       <c r="A501" s="5" t="s">
-        <v>2073</v>
+        <v>2074</v>
       </c>
       <c r="B501" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C501" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E501" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G501" s="5" t="s">
-        <v>2074</v>
+      <c r="G501" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H501" s="5" t="s">
         <v>2075</v>
       </c>
       <c r="I501" s="5"/>
       <c r="J501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L501" s="6" t="s">
         <v>2076</v>
       </c>
       <c r="M501" s="5"/>
     </row>
     <row r="502">
       <c r="A502" s="5" t="s">
         <v>2077</v>
       </c>
       <c r="B502" s="5" t="s">
@@ -29468,146 +29471,146 @@
       <c r="M503" s="5"/>
     </row>
     <row r="504">
       <c r="A504" s="5" t="s">
         <v>2084</v>
       </c>
       <c r="B504" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C504" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E504" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G504" s="5" t="s">
+      <c r="G504" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H504" s="5" t="s">
         <v>2085</v>
-      </c>
-[...1 lines deleted...]
-        <v>2086</v>
       </c>
       <c r="I504" s="5"/>
       <c r="J504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L504" s="6" t="s">
-        <v>2087</v>
+        <v>2086</v>
       </c>
       <c r="M504" s="5"/>
     </row>
     <row r="505">
       <c r="A505" s="5" t="s">
-        <v>2088</v>
+        <v>2087</v>
       </c>
       <c r="B505" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C505" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E505" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H505" s="5" t="s">
-        <v>2089</v>
+        <v>2088</v>
       </c>
       <c r="I505" s="5"/>
       <c r="J505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L505" s="6" t="s">
-        <v>2090</v>
+        <v>2089</v>
       </c>
       <c r="M505" s="5"/>
     </row>
     <row r="506">
       <c r="A506" s="5" t="s">
-        <v>2091</v>
+        <v>2090</v>
       </c>
       <c r="B506" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C506" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D506" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E506" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F506" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G506" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G506" s="5" t="s">
+        <v>2091</v>
       </c>
       <c r="H506" s="5" t="s">
         <v>2092</v>
       </c>
       <c r="I506" s="5"/>
       <c r="J506" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K506" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L506" s="6" t="s">
         <v>2093</v>
       </c>
       <c r="M506" s="5"/>
     </row>
     <row r="507">
       <c r="A507" s="5" t="s">
         <v>2094</v>
       </c>
       <c r="B507" s="5" t="s">
@@ -29699,99 +29702,97 @@
       <c r="M508" s="5"/>
     </row>
     <row r="509">
       <c r="A509" s="5" t="s">
         <v>2101</v>
       </c>
       <c r="B509" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C509" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E509" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G509" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G509" s="5" t="s">
+        <v>2102</v>
       </c>
       <c r="H509" s="5" t="s">
-        <v>2102</v>
+        <v>2103</v>
       </c>
       <c r="I509" s="5"/>
       <c r="J509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L509" s="6" t="s">
-        <v>2103</v>
+        <v>2104</v>
       </c>
       <c r="M509" s="5"/>
     </row>
     <row r="510">
       <c r="A510" s="5" t="s">
-        <v>2104</v>
+        <v>2105</v>
       </c>
       <c r="B510" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C510" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D510" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E510" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F510" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G510" s="5" t="s">
-        <v>2105</v>
+        <v>2035</v>
       </c>
       <c r="H510" s="5" t="s">
         <v>2106</v>
       </c>
       <c r="I510" s="5"/>
       <c r="J510" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K510" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L510" s="6" t="s">
         <v>2107</v>
       </c>
       <c r="M510" s="5"/>
     </row>
     <row r="511">
       <c r="A511" s="5" t="s">
         <v>2108</v>
       </c>
       <c r="B511" s="5" t="s">
@@ -29836,248 +29837,252 @@
       <c r="M511" s="5"/>
     </row>
     <row r="512">
       <c r="A512" s="5" t="s">
         <v>2112</v>
       </c>
       <c r="B512" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C512" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E512" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G512" s="5" t="s">
+      <c r="G512" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H512" s="5" t="s">
         <v>2113</v>
-      </c>
-[...1 lines deleted...]
-        <v>2114</v>
       </c>
       <c r="I512" s="5"/>
       <c r="J512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L512" s="6" t="s">
-        <v>2115</v>
+        <v>2114</v>
       </c>
       <c r="M512" s="5"/>
     </row>
     <row r="513">
       <c r="A513" s="5" t="s">
-        <v>2116</v>
+        <v>2115</v>
       </c>
       <c r="B513" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C513" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D513" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E513" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F513" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G513" s="5" t="s">
-        <v>2042</v>
+      <c r="G513" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H513" s="5" t="s">
+        <v>2116</v>
+      </c>
+      <c r="I513" s="5" t="s">
         <v>2117</v>
       </c>
-      <c r="I513" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="J513" s="5" t="s">
+        <v>1740</v>
+      </c>
+      <c r="K513" s="5" t="s">
+        <v>2118</v>
       </c>
       <c r="L513" s="6" t="s">
-        <v>2118</v>
+        <v>2119</v>
       </c>
       <c r="M513" s="5"/>
     </row>
     <row r="514">
       <c r="A514" s="5" t="s">
-        <v>2119</v>
+        <v>2120</v>
       </c>
       <c r="B514" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C514" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D514" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E514" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F514" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G514" s="5" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="H514" s="5" t="s">
-        <v>2121</v>
+        <v>2122</v>
       </c>
       <c r="I514" s="5"/>
       <c r="J514" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K514" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L514" s="6" t="s">
-        <v>2122</v>
+        <v>2123</v>
       </c>
       <c r="M514" s="5"/>
     </row>
     <row r="515">
       <c r="A515" s="5" t="s">
-        <v>2123</v>
+        <v>2124</v>
       </c>
       <c r="B515" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C515" s="5" t="s">
-        <v>256</v>
+        <v>2125</v>
       </c>
       <c r="D515" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E515" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F515" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G515" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H515" s="5" t="s">
-        <v>2124</v>
+        <v>2126</v>
       </c>
       <c r="I515" s="5"/>
       <c r="J515" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K515" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L515" s="6" t="s">
-        <v>2125</v>
+        <v>2127</v>
       </c>
       <c r="M515" s="5"/>
     </row>
     <row r="516">
       <c r="A516" s="5" t="s">
-        <v>2126</v>
+        <v>2128</v>
       </c>
       <c r="B516" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C516" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D516" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E516" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F516" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G516" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H516" s="5" t="s">
-        <v>2127</v>
-[...7 lines deleted...]
-      <c r="K516" s="5" t="s">
         <v>2129</v>
+      </c>
+      <c r="I516" s="5"/>
+      <c r="J516" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K516" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L516" s="6" t="s">
         <v>2130</v>
       </c>
       <c r="M516" s="5"/>
     </row>
     <row r="517">
       <c r="A517" s="5" t="s">
         <v>2131</v>
       </c>
       <c r="B517" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C517" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D517" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E517" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F517" s="5" t="inlineStr">
@@ -30108,420 +30113,418 @@
       <c r="M517" s="5"/>
     </row>
     <row r="518">
       <c r="A518" s="5" t="s">
         <v>2135</v>
       </c>
       <c r="B518" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C518" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E518" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G518" s="5" t="s">
+      <c r="G518" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H518" s="5" t="s">
         <v>2136</v>
-      </c>
-[...1 lines deleted...]
-        <v>2137</v>
       </c>
       <c r="I518" s="5"/>
       <c r="J518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L518" s="6" t="s">
-        <v>2138</v>
+        <v>2137</v>
       </c>
       <c r="M518" s="5"/>
     </row>
     <row r="519">
       <c r="A519" s="5" t="s">
-        <v>2139</v>
+        <v>2138</v>
       </c>
       <c r="B519" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C519" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="D519" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E519" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F519" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G519" s="5" t="s">
+        <v>2139</v>
+      </c>
+      <c r="H519" s="5" t="s">
         <v>2140</v>
-      </c>
-[...19 lines deleted...]
-        <v>2141</v>
       </c>
       <c r="I519" s="5"/>
       <c r="J519" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K519" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L519" s="6" t="s">
-        <v>2142</v>
+        <v>2141</v>
       </c>
       <c r="M519" s="5"/>
     </row>
     <row r="520">
       <c r="A520" s="5" t="s">
-        <v>2143</v>
+        <v>2142</v>
       </c>
       <c r="B520" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C520" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D520" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E520" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F520" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G520" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G520" s="5" t="s">
+        <v>2143</v>
       </c>
       <c r="H520" s="5" t="s">
         <v>2144</v>
       </c>
       <c r="I520" s="5"/>
       <c r="J520" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K520" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L520" s="6" t="s">
         <v>2145</v>
       </c>
       <c r="M520" s="5"/>
     </row>
     <row r="521">
       <c r="A521" s="5" t="s">
         <v>2146</v>
       </c>
       <c r="B521" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C521" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D521" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E521" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F521" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G521" s="5" t="s">
+      <c r="G521" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H521" s="5" t="s">
         <v>2147</v>
-      </c>
-[...1 lines deleted...]
-        <v>2148</v>
       </c>
       <c r="I521" s="5"/>
       <c r="J521" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K521" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L521" s="6" t="s">
-        <v>2149</v>
+        <v>2148</v>
       </c>
       <c r="M521" s="5"/>
     </row>
     <row r="522">
       <c r="A522" s="5" t="s">
-        <v>2150</v>
+        <v>2149</v>
       </c>
       <c r="B522" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C522" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D522" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E522" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F522" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G522" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G522" s="5" t="s">
+        <v>2139</v>
       </c>
       <c r="H522" s="5" t="s">
-        <v>2151</v>
+        <v>2150</v>
       </c>
       <c r="I522" s="5"/>
       <c r="J522" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K522" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L522" s="6" t="s">
-        <v>2152</v>
+        <v>2151</v>
       </c>
       <c r="M522" s="5"/>
     </row>
     <row r="523">
       <c r="A523" s="5" t="s">
-        <v>2153</v>
+        <v>2152</v>
       </c>
       <c r="B523" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C523" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D523" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E523" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F523" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G523" s="5" t="s">
-        <v>2154</v>
+      <c r="G523" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H523" s="5" t="s">
-        <v>2155</v>
+        <v>2153</v>
       </c>
       <c r="I523" s="5"/>
       <c r="J523" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K523" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L523" s="6" t="s">
-        <v>2156</v>
+        <v>2154</v>
       </c>
       <c r="M523" s="5"/>
     </row>
     <row r="524">
       <c r="A524" s="5" t="s">
-        <v>2157</v>
+        <v>2155</v>
       </c>
       <c r="B524" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C524" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D524" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E524" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F524" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G524" s="5" t="s">
-        <v>2158</v>
+        <v>2156</v>
       </c>
       <c r="H524" s="5" t="s">
-        <v>2159</v>
+        <v>2157</v>
       </c>
       <c r="I524" s="5"/>
       <c r="J524" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K524" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L524" s="6" t="s">
-        <v>2160</v>
+        <v>2158</v>
       </c>
       <c r="M524" s="5"/>
     </row>
     <row r="525">
       <c r="A525" s="5" t="s">
-        <v>2161</v>
+        <v>2159</v>
       </c>
       <c r="B525" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C525" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D525" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E525" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F525" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G525" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G525" s="5" t="s">
+        <v>2160</v>
       </c>
       <c r="H525" s="5" t="s">
-        <v>2162</v>
+        <v>2161</v>
       </c>
       <c r="I525" s="5"/>
       <c r="J525" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K525" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L525" s="6" t="s">
-        <v>2163</v>
+        <v>2162</v>
       </c>
       <c r="M525" s="5"/>
     </row>
     <row r="526">
       <c r="A526" s="5" t="s">
-        <v>2164</v>
+        <v>2163</v>
       </c>
       <c r="B526" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C526" s="5" t="s">
-        <v>256</v>
+        <v>2027</v>
       </c>
       <c r="D526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E526" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G526" s="5" t="s">
-        <v>2154</v>
+        <v>2164</v>
       </c>
       <c r="H526" s="5" t="s">
         <v>2165</v>
       </c>
       <c r="I526" s="5"/>
       <c r="J526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L526" s="6" t="s">
         <v>2166</v>
       </c>
       <c r="M526" s="5"/>
     </row>
     <row r="527">
       <c r="A527" s="5" t="s">
         <v>2167</v>
       </c>
       <c r="B527" s="5" t="s">
@@ -30568,996 +30571,1047 @@
       <c r="M527" s="5"/>
     </row>
     <row r="528">
       <c r="A528" s="5" t="s">
         <v>2170</v>
       </c>
       <c r="B528" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C528" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D528" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E528" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F528" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G528" s="5" t="s">
+      <c r="G528" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H528" s="5" t="s">
         <v>2171</v>
-      </c>
-[...1 lines deleted...]
-        <v>2172</v>
       </c>
       <c r="I528" s="5"/>
       <c r="J528" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K528" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L528" s="6" t="s">
-        <v>2173</v>
+        <v>2172</v>
       </c>
       <c r="M528" s="5"/>
     </row>
     <row r="529">
       <c r="A529" s="5" t="s">
-        <v>2174</v>
+        <v>2173</v>
       </c>
       <c r="B529" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C529" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D529" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E529" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F529" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G529" s="5" t="s">
-        <v>2175</v>
+      <c r="G529" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H529" s="5" t="s">
-        <v>2176</v>
+        <v>2174</v>
       </c>
       <c r="I529" s="5"/>
       <c r="J529" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K529" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L529" s="6" t="s">
-        <v>2177</v>
+        <v>2175</v>
       </c>
       <c r="M529" s="5"/>
     </row>
     <row r="530">
       <c r="A530" s="5" t="s">
-        <v>2178</v>
+        <v>2176</v>
       </c>
       <c r="B530" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C530" s="5" t="s">
-        <v>2030</v>
+        <v>256</v>
       </c>
       <c r="D530" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E530" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F530" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G530" s="5" t="s">
-        <v>2179</v>
+        <v>2177</v>
       </c>
       <c r="H530" s="5" t="s">
-        <v>2180</v>
+        <v>2178</v>
       </c>
       <c r="I530" s="5"/>
       <c r="J530" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K530" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L530" s="6" t="s">
-        <v>2181</v>
+        <v>2179</v>
       </c>
       <c r="M530" s="5"/>
     </row>
     <row r="531">
       <c r="A531" s="5" t="s">
-        <v>2182</v>
+        <v>2180</v>
       </c>
       <c r="B531" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C531" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D531" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E531" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F531" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G531" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H531" s="5" t="s">
-        <v>2183</v>
+        <v>2181</v>
       </c>
       <c r="I531" s="5"/>
       <c r="J531" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K531" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L531" s="6" t="s">
-        <v>2184</v>
+        <v>2182</v>
       </c>
       <c r="M531" s="5"/>
     </row>
     <row r="532">
       <c r="A532" s="5" t="s">
-        <v>2185</v>
+        <v>2183</v>
       </c>
       <c r="B532" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C532" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D532" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E532" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F532" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G532" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H532" s="5" t="s">
-        <v>2186</v>
+        <v>2184</v>
       </c>
       <c r="I532" s="5"/>
       <c r="J532" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K532" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L532" s="6" t="s">
-        <v>2187</v>
+        <v>2185</v>
       </c>
       <c r="M532" s="5"/>
     </row>
     <row r="533">
       <c r="A533" s="5" t="s">
-        <v>2188</v>
+        <v>2186</v>
       </c>
       <c r="B533" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C533" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D533" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E533" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F533" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G533" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H533" s="5" t="s">
-        <v>2189</v>
+        <v>2187</v>
       </c>
       <c r="I533" s="5"/>
       <c r="J533" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K533" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L533" s="6" t="s">
-        <v>2190</v>
+        <v>2188</v>
       </c>
       <c r="M533" s="5"/>
     </row>
     <row r="534">
       <c r="A534" s="5" t="s">
-        <v>2191</v>
+        <v>2189</v>
       </c>
       <c r="B534" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C534" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D534" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E534" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F534" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G534" s="5" t="s">
-        <v>2192</v>
+        <v>2190</v>
       </c>
       <c r="H534" s="5" t="s">
-        <v>2193</v>
+        <v>2191</v>
       </c>
       <c r="I534" s="5"/>
       <c r="J534" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K534" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L534" s="6" t="s">
-        <v>2194</v>
+        <v>2192</v>
       </c>
       <c r="M534" s="5"/>
     </row>
     <row r="535">
       <c r="A535" s="5" t="s">
-        <v>2195</v>
+        <v>2193</v>
       </c>
       <c r="B535" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C535" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D535" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E535" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F535" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G535" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H535" s="5" t="s">
-        <v>2196</v>
+        <v>2194</v>
       </c>
       <c r="I535" s="5"/>
       <c r="J535" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K535" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L535" s="6" t="s">
-        <v>2197</v>
+        <v>2195</v>
       </c>
       <c r="M535" s="5"/>
     </row>
     <row r="536">
       <c r="A536" s="5" t="s">
-        <v>2198</v>
+        <v>2196</v>
       </c>
       <c r="B536" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C536" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D536" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E536" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F536" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G536" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G536" s="5" t="s">
+        <v>2197</v>
       </c>
       <c r="H536" s="5" t="s">
-        <v>2199</v>
+        <v>2198</v>
       </c>
       <c r="I536" s="5"/>
       <c r="J536" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K536" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L536" s="6" t="s">
-        <v>2200</v>
+        <v>2199</v>
       </c>
       <c r="M536" s="5"/>
     </row>
     <row r="537">
       <c r="A537" s="5" t="s">
+        <v>2200</v>
+      </c>
+      <c r="B537" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="C537" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D537" s="5" t="s">
         <v>2201</v>
       </c>
-      <c r="B537" s="5" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="E537" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F537" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G537" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H537" s="5" t="s">
+        <v>761</v>
+      </c>
+      <c r="I537" s="5"/>
+      <c r="J537" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K537" s="5" t="s">
         <v>2202</v>
-      </c>
-[...9 lines deleted...]
-        </is>
       </c>
       <c r="L537" s="6" t="s">
         <v>2203</v>
       </c>
       <c r="M537" s="5"/>
     </row>
     <row r="538">
       <c r="A538" s="5" t="s">
+        <v>2200</v>
+      </c>
+      <c r="B538" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="C538" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D538" s="5" t="s">
         <v>2204</v>
       </c>
-      <c r="B538" s="5" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="E538" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F538" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G538" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H538" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="I538" s="5"/>
+      <c r="J538" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K538" s="5" t="s">
         <v>2205</v>
-      </c>
-[...9 lines deleted...]
-        </is>
       </c>
       <c r="L538" s="6" t="s">
         <v>2206</v>
       </c>
       <c r="M538" s="5"/>
     </row>
     <row r="539">
       <c r="A539" s="5" t="s">
         <v>2207</v>
       </c>
       <c r="B539" s="5" t="s">
-        <v>1735</v>
+        <v>320</v>
       </c>
       <c r="C539" s="5" t="s">
-        <v>256</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D539" s="5" t="s">
+        <v>2208</v>
       </c>
       <c r="E539" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F539" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G539" s="5" t="s">
-        <v>2208</v>
+      <c r="G539" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H539" s="5" t="s">
         <v>2209</v>
       </c>
       <c r="I539" s="5"/>
-      <c r="J539" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J539" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K539" s="5" t="s">
+        <v>2210</v>
       </c>
       <c r="L539" s="6" t="s">
-        <v>2210</v>
+        <v>2211</v>
       </c>
       <c r="M539" s="5"/>
     </row>
     <row r="540">
       <c r="A540" s="5" t="s">
-        <v>2211</v>
+        <v>2207</v>
       </c>
       <c r="B540" s="5" t="s">
-        <v>320</v>
+        <v>50</v>
       </c>
       <c r="C540" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D540" s="5" t="s">
         <v>2212</v>
       </c>
       <c r="E540" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="F540" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F540" s="5" t="s">
+        <v>337</v>
       </c>
       <c r="G540" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H540" s="5" t="s">
-        <v>761</v>
-[...1 lines deleted...]
-      <c r="I540" s="5"/>
+        <v>2213</v>
+      </c>
+      <c r="I540" s="5" t="s">
+        <v>2214</v>
+      </c>
       <c r="J540" s="5" t="s">
         <v>18</v>
       </c>
       <c r="K540" s="5" t="s">
-        <v>2213</v>
+        <v>2215</v>
       </c>
       <c r="L540" s="6" t="s">
-        <v>2214</v>
+        <v>2216</v>
       </c>
       <c r="M540" s="5"/>
     </row>
     <row r="541">
       <c r="A541" s="5" t="s">
-        <v>2211</v>
+        <v>2207</v>
       </c>
       <c r="B541" s="5" t="s">
         <v>320</v>
       </c>
       <c r="C541" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D541" s="5" t="s">
-        <v>2215</v>
+        <v>2217</v>
       </c>
       <c r="E541" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F541" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G541" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H541" s="5" t="s">
-        <v>23</v>
+      <c r="H541" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I541" s="5"/>
       <c r="J541" s="5" t="s">
         <v>18</v>
       </c>
       <c r="K541" s="5" t="s">
-        <v>2216</v>
+        <v>2218</v>
       </c>
       <c r="L541" s="6" t="s">
-        <v>2217</v>
+        <v>2219</v>
       </c>
       <c r="M541" s="5"/>
     </row>
     <row r="542">
       <c r="A542" s="5" t="s">
-        <v>2218</v>
+        <v>2207</v>
       </c>
       <c r="B542" s="5" t="s">
         <v>320</v>
       </c>
       <c r="C542" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D542" s="5" t="s">
-        <v>2219</v>
+        <v>486</v>
       </c>
       <c r="E542" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F542" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G542" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H542" s="5" t="s">
-        <v>2220</v>
+      <c r="H542" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I542" s="5"/>
       <c r="J542" s="5" t="s">
-        <v>18</v>
+        <v>389</v>
       </c>
       <c r="K542" s="5" t="s">
+        <v>2220</v>
+      </c>
+      <c r="L542" s="6" t="s">
         <v>2221</v>
-      </c>
-[...1 lines deleted...]
-        <v>2222</v>
       </c>
       <c r="M542" s="5"/>
     </row>
     <row r="543">
       <c r="A543" s="5" t="s">
-        <v>2218</v>
+        <v>2207</v>
       </c>
       <c r="B543" s="5" t="s">
-        <v>50</v>
+        <v>320</v>
       </c>
       <c r="C543" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D543" s="5" t="s">
+        <v>1406</v>
+      </c>
+      <c r="E543" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F543" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G543" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H543" s="5" t="s">
+        <v>2222</v>
+      </c>
+      <c r="I543" s="5"/>
+      <c r="J543" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K543" s="5" t="s">
         <v>2223</v>
       </c>
-      <c r="E543" s="5" t="s">
-[...10 lines deleted...]
-      <c r="H543" s="5" t="s">
+      <c r="L543" s="6" t="s">
         <v>2224</v>
-      </c>
-[...10 lines deleted...]
-        <v>2227</v>
       </c>
       <c r="M543" s="5"/>
     </row>
     <row r="544">
       <c r="A544" s="5" t="s">
-        <v>2218</v>
+        <v>2207</v>
       </c>
       <c r="B544" s="5" t="s">
         <v>320</v>
       </c>
       <c r="C544" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D544" s="5" t="s">
-        <v>2228</v>
+        <v>1406</v>
       </c>
       <c r="E544" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F544" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G544" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H544" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H544" s="5" t="s">
+        <v>2222</v>
       </c>
       <c r="I544" s="5"/>
       <c r="J544" s="5" t="s">
         <v>18</v>
       </c>
       <c r="K544" s="5" t="s">
-        <v>2229</v>
+        <v>2225</v>
       </c>
       <c r="L544" s="6" t="s">
-        <v>2230</v>
+        <v>2226</v>
       </c>
       <c r="M544" s="5"/>
     </row>
     <row r="545">
       <c r="A545" s="5" t="s">
-        <v>2218</v>
+        <v>2227</v>
       </c>
       <c r="B545" s="5" t="s">
-        <v>320</v>
+        <v>50</v>
       </c>
       <c r="C545" s="5" t="s">
-        <v>16</v>
+        <v>1197</v>
       </c>
       <c r="D545" s="5" t="s">
-        <v>486</v>
+        <v>23</v>
       </c>
       <c r="E545" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="F545" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F545" s="5" t="s">
+        <v>15</v>
       </c>
       <c r="G545" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H545" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I545" s="5"/>
-      <c r="J545" s="5" t="s">
-[...3 lines deleted...]
-        <v>2231</v>
+      <c r="J545" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K545" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L545" s="6" t="s">
-        <v>2232</v>
+        <v>2228</v>
       </c>
       <c r="M545" s="5"/>
     </row>
     <row r="546">
       <c r="A546" s="5" t="s">
-        <v>2218</v>
+        <v>2229</v>
       </c>
       <c r="B546" s="5" t="s">
-        <v>320</v>
+        <v>1735</v>
       </c>
       <c r="C546" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>1406</v>
+        <v>256</v>
+      </c>
+      <c r="D546" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E546" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F546" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G546" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H546" s="5" t="s">
-        <v>2233</v>
+        <v>2230</v>
       </c>
       <c r="I546" s="5"/>
-      <c r="J546" s="5" t="s">
-[...3 lines deleted...]
-        <v>2234</v>
+      <c r="J546" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K546" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L546" s="6" t="s">
-        <v>2235</v>
+        <v>2231</v>
       </c>
       <c r="M546" s="5"/>
     </row>
     <row r="547">
       <c r="A547" s="5" t="s">
-        <v>2218</v>
+        <v>2227</v>
       </c>
       <c r="B547" s="5" t="s">
-        <v>320</v>
-[...5 lines deleted...]
-        <v>1406</v>
+        <v>413</v>
+      </c>
+      <c r="C547" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D547" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E547" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F547" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G547" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H547" s="5" t="s">
-        <v>2233</v>
+      <c r="H547" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I547" s="5"/>
-      <c r="J547" s="5" t="s">
-[...3 lines deleted...]
-        <v>2236</v>
+      <c r="J547" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K547" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L547" s="6" t="s">
-        <v>2237</v>
+        <v>2232</v>
       </c>
       <c r="M547" s="5"/>
     </row>
     <row r="548">
       <c r="A548" s="5" t="s">
-        <v>2238</v>
+        <v>2233</v>
       </c>
       <c r="B548" s="5" t="s">
-        <v>50</v>
+        <v>1735</v>
       </c>
       <c r="C548" s="5" t="s">
-        <v>1197</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>256</v>
+      </c>
+      <c r="D548" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E548" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="F548" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="F548" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G548" s="5" t="s">
+        <v>2234</v>
+      </c>
+      <c r="H548" s="5" t="s">
+        <v>2235</v>
       </c>
       <c r="I548" s="5"/>
       <c r="J548" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K548" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L548" s="6" t="s">
-        <v>2239</v>
+        <v>2236</v>
       </c>
       <c r="M548" s="5"/>
     </row>
     <row r="549">
       <c r="A549" s="5" t="s">
-        <v>2218</v>
+        <v>2237</v>
       </c>
       <c r="B549" s="5" t="s">
+        <v>1735</v>
+      </c>
+      <c r="C549" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="D549" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E549" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F549" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G549" s="5" t="s">
+        <v>2238</v>
+      </c>
+      <c r="H549" s="5" t="s">
+        <v>2239</v>
+      </c>
+      <c r="I549" s="5"/>
+      <c r="J549" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K549" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L549" s="6" t="s">
+        <v>2240</v>
+      </c>
+      <c r="M549" s="5"/>
+    </row>
+    <row r="550">
+      <c r="A550" s="5" t="s">
+        <v>2207</v>
+      </c>
+      <c r="B550" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="C549" s="5" t="s">
+      <c r="C550" s="5" t="s">
         <v>1578</v>
       </c>
-      <c r="D549" s="5" t="s">
+      <c r="D550" s="5" t="s">
         <v>358</v>
       </c>
-      <c r="E549" s="5" t="s">
+      <c r="E550" s="5" t="s">
         <v>337</v>
       </c>
-      <c r="F549" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H549" s="5" t="s">
+      <c r="F550" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G550" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H550" s="5" t="s">
         <v>1579</v>
       </c>
-      <c r="I549" s="5"/>
-[...6 lines deleted...]
-      <c r="L549" s="6" t="s">
+      <c r="I550" s="5"/>
+      <c r="J550" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K550" s="5" t="s">
         <v>2241</v>
       </c>
-      <c r="M549" s="5"/>
+      <c r="L550" s="6" t="s">
+        <v>2242</v>
+      </c>
+      <c r="M550" s="5"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
@@ -32066,44 +32120,45 @@
     <hyperlink ref="M525" r:id="rId530"/>
     <hyperlink ref="M526" r:id="rId531"/>
     <hyperlink ref="M527" r:id="rId532"/>
     <hyperlink ref="M528" r:id="rId533"/>
     <hyperlink ref="M529" r:id="rId534"/>
     <hyperlink ref="M530" r:id="rId535"/>
     <hyperlink ref="M531" r:id="rId536"/>
     <hyperlink ref="M532" r:id="rId537"/>
     <hyperlink ref="M533" r:id="rId538"/>
     <hyperlink ref="M534" r:id="rId539"/>
     <hyperlink ref="M535" r:id="rId540"/>
     <hyperlink ref="M536" r:id="rId541"/>
     <hyperlink ref="M537" r:id="rId542"/>
     <hyperlink ref="M538" r:id="rId543"/>
     <hyperlink ref="M539" r:id="rId544"/>
     <hyperlink ref="M540" r:id="rId545"/>
     <hyperlink ref="M541" r:id="rId546"/>
     <hyperlink ref="M542" r:id="rId547"/>
     <hyperlink ref="M543" r:id="rId548"/>
     <hyperlink ref="M544" r:id="rId549"/>
     <hyperlink ref="M545" r:id="rId550"/>
     <hyperlink ref="M546" r:id="rId551"/>
     <hyperlink ref="M547" r:id="rId552"/>
     <hyperlink ref="M548" r:id="rId553"/>
     <hyperlink ref="M549" r:id="rId554"/>
+    <hyperlink ref="M550" r:id="rId555"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>