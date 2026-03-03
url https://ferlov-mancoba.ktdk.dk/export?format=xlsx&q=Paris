--- v1 (2025-11-29)
+++ v2 (2026-03-03)
@@ -6282,50 +6282,91 @@
     <t>2006-06-11</t>
   </si>
   <si>
     <t>Bridget Thompson kuraterede en udstilling af Mancobas værk "I menneskehedens navn" (2006) på Gold of Africa Museum (Kapstaden), og i dette brev diskuterer hun og Wonga udstillingskataloget.translated 2025-02-07</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/Op9m</t>
   </si>
   <si>
     <t>(transcription by W. Sze)[sender: Wonga][addressed to: Arts Ubuntu Trust, Director Bridget Thompson ][postmarked: 2 May 2006]Very Dear BridgetIt was good news to learn that the 3 diskets have arrived in perfect state at the printer's in Pretoria. And that they can be used for the catalogue. I also wish hereby to confirm that I give you permission to reproduce my family's works, as long as the photographers' copyrights will be respected, as you assured me, over the phone, that they would. I wish to add that my agreement applying for this present exhibition and its catalogue, will have to be renewed, in case of any further use beyond the present project, as I am confident that you, Art &amp;amp; Ubuntu or the museum's director responsible will not undertake anything with these documents and artworks, without such formal acceptance according to law and custom. And when they are no longer needed , I will be very thankful if it were possible that you take all three diskets back from the printer ( Pluto) and keep them preciously until my arrival. I was also very happy and encouraged to hear that the pictures of my little show here in the Latin Quarter were appreciated and not found too unworthy of the heritage.As promised, I send you my fax number:fax nr.: 01.42.79.9O.74(It is a nearby shop Papeterie du Maine; so please do add the mention “for W.M.Mancoba”)It was very thoughtful of you to help my family Muriel and Constance to be present. Perhaps it would also be possible to send some form of consideration and invitation to a member of the family: a professor who wrote a biography of Sekoto. We missed each other, when he came to Paris, last, for I was out of town, and could not be of much help in his research. Naturally I express my infinite gratitude to you, Elza Miles, Abdul, and all the members of "Art and Ubuntu", not least, the gentle and courageous Zobeida . Please do transmit my most profound greetings to my good friend Bruce of Komekje. In general , do also express, in advance to my being present personally, my unbounded gratitude to all in South Africa who have supported Ernest Mancoba and Sonja Ferlov in their effort to reach the heart and minds of the people( whether in Africa, Europe and the world at large), and in their quest towards a new spiritual integration which, alone, can give us a future.Until I see you in person, dear Bridget, please receive herewith,My Heartfelt Embrace [unsigned]
  </t>
   </si>
   <si>
     <t>2007-04-15</t>
   </si>
   <si>
     <t>Bridget Thompson skriver for at informere Wonga om tilbageleveringen af Ernest Mancoba's værker. Hun takker ham for brugen af in situ billeder af værkerne til hendes plakatprojekt - som danner grundlaget for Arts Ubuntu Trusts tilbud indtil nu.translated 2025-02-07</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/7XMf</t>
   </si>
   <si>
     <t>(transcription by W. Sze)[sender: Arts Ubuntu Trust, Director Bridget Thompson][addressed to: Wonga][postmarked: 15 April 2007]Dear Wonga, In the name of all Humanity the African Spiritual expression of Ernest MancobaThe Ernest Mancoba exhibition at the Gold of Africa Museum closed on the 31 of March, and we are in the process of returning your drawings and staff back to you. They were very important to the success of this exhibition and we'd like to thank you very much for allowing us the use of them. We would also like to inform you that we are currently preparing to make a travelling poster exhibition of selected images from the exhibition. We intend to show these posters as part of a series of art educational workshops in community art centres around South Africa. We appreciate your indication of support for this idea. Amongst other goals we hope to bring the artists from the artist's workshop together again as teachers in this practical project. Nevertheless we thank you once again for your inestimable support, and look forward to working with you in the future. We also wish you all the very best for your planned exhibition later this year in Cape Town and hope that we will be able to be of assistance. Sincerely, [signed: Bridget Thompson] Bridget Thompson Curator</t>
   </si>
   <si>
+    <t>Audio file 63-2</t>
+  </si>
+  <si>
+    <t>Ernest Mancoba
+Wonga Mancoba
+Elske Miles</t>
+  </si>
+  <si>
+    <t>Father W. A. Palmer
+Loquay
+Professor Evelyn D'Iepu
+Sister Innes
+Sister Margaret
+Sister Pauline
+Geoffrey  Davids
+Freddie  Oliphant
+James  Palmer
+Alvin Uncle Mangqangwana
+Father Samuel Percy Woodfield</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/GHZp</t>
+  </si>
+  <si>
+    <t>Audio file 63-1</t>
+  </si>
+  <si>
+    <t>Professor Evelyn D'Iepu
+Sister Pauline
+Karel Appel
+Charles Dickens
+Grace Dieu mission school
+Laurent-Désiré  Kabila
+Erik Ortvad
+James  Palmer
+Mobutu  Sese Seko</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/Zet6</t>
+  </si>
+  <si>
     <t>Audio file 64-1</t>
   </si>
   <si>
     <t>Milosz
 Alois  Brunner
 Drancy internment camp
 La Grande Caserne St. Denis (Seine)</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/MRDY</t>
   </si>
   <si>
     <t>Audio file 91-2</t>
   </si>
   <si>
     <t>Fresnes prison, Paris</t>
   </si>
   <si>
     <t>Mr. Fletcher
 Alois  Brunner</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/fFHw</t>
   </si>
   <si>
@@ -7506,120 +7547,79 @@
   </si>
   <si>
     <t>Audio file 60-2</t>
   </si>
   <si>
     <t>Pietersburg, now Polokwane, South Africa
 District 6, neighbourhood in Cape Town, South Africa</t>
   </si>
   <si>
     <t>Bishop Fuller
 Sister Pauline
 Ellis Park rugby stadium
 Grace Dieu mission school
 Professor John Jabavu
 Khaiso secondary school
 Lovedale Missionary Institute
 Gerard Sekoto
 University of Fort Hare
 University of South Africa
 Father Samuel Percy Woodfield</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/h6BT</t>
   </si>
   <si>
-    <t>Audio file 63-2</t>
-[...22 lines deleted...]
-  <si>
     <t>Audio file 57-1</t>
   </si>
   <si>
     <t>Dr Testa
 Professor Lyle
 Professor Tooke
 Albert Einstein
 Luc  Ferry
 Professor John Jabavu
 Professor Alexander  Kerr
 Dr Josef Mengele</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/y1kx</t>
   </si>
   <si>
     <t>Audio file 86-1</t>
   </si>
   <si>
     <t>Grahamstown, now Makhanda, South Africa
 St Peter's Anglican Church, Makhanda, South Africa</t>
   </si>
   <si>
     <t>Sister Margaret
 Grace Dieu mission school
 Florence  Mancoba, née Mangqangwana</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/gRms</t>
-  </si>
-[...15 lines deleted...]
-    <t>https://ferlov-mancoba.ktdk.dk/d/Zet6</t>
   </si>
   <si>
     <t>Audio file 103-1</t>
   </si>
   <si>
     <t>Pietersberg, now Polokwane, South Africa</t>
   </si>
   <si>
     <t>Bishop Fuller
 Venda wood sculptor
 Michelangelo Merisi  da Caravaggio
 Paul Guillaume
 Khaiso secondary school
 Lippy Lipshitz
 Thomas  Munro
 Pablo Picasso
 Gerard Sekoto</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/IPpF</t>
   </si>
   <si>
     <t>Audio file 102-2</t>
   </si>
   <si>
@@ -7817,50 +7817,69 @@
 Karl  Marx
 Friedrich Nietzsche
 Virgil</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/H7d2</t>
   </si>
   <si>
     <t>Audio file 85-2</t>
   </si>
   <si>
     <t>Boksburg, South Africa</t>
   </si>
   <si>
     <t>Lord Robert Baden-Powell
 Boy Scout Movement
 Grace Dieu mission school
 Pathfinders
 Alvin Uncle Mangqangwana
 University of Fort Hare</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/PsBr</t>
   </si>
   <si>
+    <t>Audio file 60-1</t>
+  </si>
+  <si>
+    <t>Germiston, now part of Greater Johannesburg, South Africa
+Benoni, now part of Greater Johannesburg, South Africa</t>
+  </si>
+  <si>
+    <t>Lord Robert Baden-Powell
+Boy Scout Movement
+Grace Dieu mission school
+Professor John Jabavu
+Lovedale Missionary Institute
+Pathfinders
+University of Fort Hare</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/mJ9u</t>
+  </si>
+  <si>
     <t>Audio file 73-2</t>
   </si>
   <si>
     <t>Thomas, an English lawyer in St Denis
 Jean-Jacques Rousseau</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/EGTh</t>
   </si>
   <si>
     <t>Audio file 56-1</t>
   </si>
   <si>
     <t>Turffontein, South Africa
 Boksburg, now a part of Greater Johannesburg, South Africa
 Johannesburg, South Africa
 New comet gold mines, South Africa
 Khayelitsha, a township outside of Cape Town, South Africa</t>
   </si>
   <si>
     <t>Irvine Mancoba
 Ronald Mancoba
 Florence  Mancoba, née Mangqangwana</t>
   </si>
   <si>
@@ -7972,69 +7991,50 @@
     <t>https://ferlov-mancoba.ktdk.dk/d/vl33</t>
   </si>
   <si>
     <t>Audio file 117-2</t>
   </si>
   <si>
     <t>Comet gold mines, South Africa
 Rue d'Aguerre, Paris</t>
   </si>
   <si>
     <t>Marion  Anderson
 Ejler  Bille
 Constantin Brancusi
 Rita  Gueyfier
 Henri  Laurens
 Wolfgang Amadeus Mozart
 Clarisse Penso
 Bessie Smith
 University of Fort Hare
 Antonio Vivaldi
 Bruno Walter
 Christian Zervos</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/ZoUO</t>
-  </si>
-[...17 lines deleted...]
-    <t>https://ferlov-mancoba.ktdk.dk/d/mJ9u</t>
   </si>
   <si>
     <t>Torben Glarbo skriver til Sonja Ferlov Mancoba, Ernest Mancoba og Wonga Mancoba, at han og hans kone, Vibeke Glarbo, kommer til Paris i marts og håber at besøge dem.</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/FiYu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -8117,51 +8117,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/5aMR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/QxIhtmM5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/JC1rfS3w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/8lhhOyXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/fgz9ptIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/acQR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/1fkN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/K9lG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/D1si" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3UUP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/PlcF7kZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/AgYkjUL0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/hBwdcIrg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/skncu8d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/RsUtFoKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/ArwTYcXd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/dJDj7ktW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/SHViQ9fZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/IdcUikT8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/X6yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OCzs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/eZ3h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/akCs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/nKedBtXR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/2LOi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/F27W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MYEE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FBQB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/L6bX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3gCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/zlZj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/y3aN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dNIg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Tiws" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WqNe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/CUrW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wpER" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/K72q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6D5v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JJjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dHay" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Lr0m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/F8q1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/BuW1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hkun" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7OvE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YNoc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/us7y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MwvE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/qZCB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/NgGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WlNq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wFe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6OkP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OEgF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/bxZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/bJk1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/28QI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/NZBP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gC3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9ohd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MnAG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/rTMN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/2sBk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/2Nx8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/UI62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9aFE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HU5D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/j8wL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/fVbX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yxrS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/myaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/91Mt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Du9H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3VuY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/KLL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4VpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0N6Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OE9M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/iNXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7b3P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="http://ferlov-mancoba.ktdk.dk/vaerker/sonja-ferlov-mancoba-personnage-1963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/SV2X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/1vop" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/XYxk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OH9M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HzsH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Oiw9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/O1DY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/19hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/EY1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0ToE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/CTh1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0ngK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MMMA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OZWW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mihZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wI2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Mznz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ICl9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3HCu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/qgD7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Yv8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IFOa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tC1q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/y22w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/VbT2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/An9Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/bg4S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/KXTg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FrKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/A13p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8dsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/UFXH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9DO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/nQGz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ng0L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yGIg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/obci" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Yipe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Azz7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/m1bB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vZMJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/CFAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gXCD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/D3p9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/nYcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8kkN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/X6zi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/pybF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4T24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wv78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/RJFj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/twWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/j3pp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cSwn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/5bFV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tmVp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tmtN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PSQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mjD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xyTj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/n7xD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ric1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PP5X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gEHf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/BKhb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lNdW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Lu4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/aKhu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/5krg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oMaM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dfeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/t8Il" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/iqZr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/SL4w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/aA49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/S8uq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/uDgx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/jfQQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FUnA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/rgF9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mImk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6cMu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3PXe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HXzw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/O3bR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/LCEj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/X3XR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/zG5N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4wIK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/M22s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/RiQD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/SJfs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/A6yN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/01kS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MMt8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tJun" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6QK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7aP3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xZj2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/kKSN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/19UE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Dmbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/o2wG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dv4x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IfTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vpw9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Baep" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YDTY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/AXj8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0z2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cgdB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Nfkh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8hnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cEGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/F5uY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3QwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6HcI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PnIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JCLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ySyQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/D1zW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/G0ye" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/T1ek" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/C7rc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0xHM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JeKl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gHfL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lcZU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/RiqL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/pBe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/CZW8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/latz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wN7t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/AUwV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/GpYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ufQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8ljb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/L1kP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/sYFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WIhm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZiWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/zG7q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OL8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/VoQZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FLbs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/W29A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mosj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Nyv9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/kMAT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Ay4M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZfiS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/e7dz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/npmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/33kV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8sGY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/TLoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/e2jh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/f1NT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/12OW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/A80y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IN4K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/i3ma" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/sMMY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/V81X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/m8jB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gW0X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/53jG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/M8b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/U0n9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ec76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/pSAQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/p1Ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/iTmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4dWg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/pMNe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/34yR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/x9Uc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vtG8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8uBI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0WHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/kFSo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ds0C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/5IGx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/inSX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/19kp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Xp2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/rsvp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/enOJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/2w0p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/LEfC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7Q7q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/sbtt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9bqp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vrZj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7iv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tsnM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0p3J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yJ1G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/XtM0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WKH7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yqWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9sdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9Osg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vcOz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZaEd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yXA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/TFWg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xmWK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/QJXJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Hxbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Kn4s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cnF7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/piar" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FlxT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/XVm4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lVG3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4QzZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oLB4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9qku" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vDDv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/82nr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/59fw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wMOl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/p0rI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/M59R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vwdw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/o3UR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/STIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/CqWX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/LS8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ldl2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/E7RE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dqiq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/u92u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xvdU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xwvD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/pxsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oFEy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mM7Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tEwQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cAvw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/EGDi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lAPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Yc3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/49OY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JzPb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cP4F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/uCbs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/L63Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/I20O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/EWh7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/RyvP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7FCP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7Awy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/bXqp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/O8Pu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FAl3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZB6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oo3z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/eJIi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4xDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Vtjf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/DuKR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Md9r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Aozb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/78en" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tkel" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HZWI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0iLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yipf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZRqX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/LRmQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/rMut" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/x1YB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/KbOg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Hkop" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/kGfO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Rng5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/kKLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/sxuT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mYF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Db5u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/zqy1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hRc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/XkhY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xyW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hKFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4tXN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MrP9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3lj9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WiKh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PRE4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cC49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3vYb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4SRj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8WLf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WHRv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/rfkd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YpVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/TQI9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/r4wL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/X1wG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/bNXe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hYFv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/i8da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PTUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/imnj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/GNoj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8scJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/elEA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/fkBa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3Apj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ruhJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/BEKJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9O06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/VCuQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/92pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9PyQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9cId" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/sZNx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YnIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7D1L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lgb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wPNF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JfLQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/nIyA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/S4Cm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Nyqg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0zW1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/omF4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/53HX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oRaU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vZk7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ndJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MzZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/qqjA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/QzqY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Xf2H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/qtBr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IPz3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/nmCp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Nq0h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/eWIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6ZJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Liwk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9SAG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WqTC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/utDL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/h1h7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YkDl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/b0RY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dZnS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7nXY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/goiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IX7u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/aEuQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/e0GV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OH25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/AzXQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/zdXM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WFpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Op9m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7XMf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MRDY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/fFHw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JzsM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wv3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cPXr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oYiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Nvkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yKUE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/76GC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HAQl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Vb0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6Nea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/fmad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/khFA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Rycx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Ne3R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/GsU7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/jhwP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0uJI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ODf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Kt25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oMlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Wwwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cred" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lWbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tqGh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ebeq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gwWh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/DclL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tjpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9hSo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/eqKT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4btE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Mhgv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/w9fq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ANFG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0QgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0KDB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/uVmG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId490" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gDIX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId491" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/B2b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId492" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/u5up" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId493" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/BwNu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId494" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6UpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId495" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/qeDk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId496" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/aniY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId497" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/778G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId498" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JwI4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId499" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xw27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId500" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/i5KC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId501" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YUgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId502" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Q5FT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId503" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8QNR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId504" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/NokU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId505" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/K8bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId506" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xn0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId507" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/iFJ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId508" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/R2w4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId509" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/B6FG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId510" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Y9jd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId511" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9X4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId512" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YFPE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId513" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dgM3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId514" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/N86C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId515" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId516" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HRNy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId517" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/1L4z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId518" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/h6BT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId519" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/GHZp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId520" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/y1kx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId521" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gRms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId522" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Zet6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId523" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IPpF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId524" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ow36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId525" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4yMX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId526" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Avd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId527" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9iZ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId528" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JJEc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId529" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9csv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId530" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/eCA9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId531" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/P8Kr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId532" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9Tfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId533" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/1MLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId534" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/v3No" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId535" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vMXx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId536" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/k6jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId537" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/H7d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId538" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PsBr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId539" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/EGTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId540" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4xG8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId541" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/j9jz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId542" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0Wqt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId543" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ePk1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId544" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/t0Ao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId545" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/AJS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId546" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ifC2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId547" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/66ui" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId548" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hkdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId549" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4HxQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId550" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6J25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId551" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vl33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId552" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZoUO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId553" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mJ9u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId554" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FiYu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId555" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/5aMR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/QxIhtmM5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/JC1rfS3w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/8lhhOyXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/fgz9ptIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/acQR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/1fkN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/K9lG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/D1si" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3UUP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/PlcF7kZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/AgYkjUL0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/hBwdcIrg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/skncu8d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/RsUtFoKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/ArwTYcXd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/dJDj7ktW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/SHViQ9fZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/IdcUikT8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/X6yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OCzs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/eZ3h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/akCs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/nKedBtXR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/2LOi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/F27W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MYEE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FBQB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/L6bX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3gCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/zlZj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/y3aN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dNIg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Tiws" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WqNe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/CUrW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wpER" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/K72q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6D5v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JJjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dHay" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Lr0m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/F8q1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/BuW1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hkun" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7OvE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YNoc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/us7y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MwvE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/qZCB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/NgGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WlNq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wFe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6OkP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OEgF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/bxZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/bJk1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/28QI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/NZBP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gC3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9ohd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MnAG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/rTMN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/2sBk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/2Nx8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/UI62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9aFE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HU5D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/j8wL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/fVbX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yxrS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/myaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/91Mt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Du9H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3VuY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/KLL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4VpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0N6Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OE9M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/iNXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7b3P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="http://ferlov-mancoba.ktdk.dk/vaerker/sonja-ferlov-mancoba-personnage-1963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/SV2X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/1vop" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/XYxk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OH9M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HzsH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Oiw9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/O1DY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/19hc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/EY1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0ToE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/CTh1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0ngK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MMMA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OZWW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mihZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wI2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Mznz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ICl9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3HCu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/qgD7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Yv8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IFOa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tC1q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/y22w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/VbT2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/An9Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/bg4S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/KXTg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FrKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/A13p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8dsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/UFXH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9DO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/nQGz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ng0L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yGIg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/obci" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Yipe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Azz7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/m1bB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vZMJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/CFAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gXCD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/D3p9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/nYcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8kkN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/X6zi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/pybF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4T24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wv78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/RJFj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/twWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/j3pp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cSwn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/5bFV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tmVp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tmtN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PSQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mjD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xyTj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/n7xD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ric1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PP5X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gEHf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/BKhb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lNdW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Lu4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/aKhu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/5krg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oMaM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dfeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/t8Il" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/iqZr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/SL4w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/aA49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/S8uq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/uDgx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/jfQQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FUnA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/rgF9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mImk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6cMu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3PXe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HXzw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/O3bR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/LCEj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/X3XR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/zG5N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4wIK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/M22s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/RiQD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/SJfs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/A6yN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/01kS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MMt8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tJun" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6QK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7aP3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xZj2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/kKSN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/19UE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Dmbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/o2wG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dv4x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IfTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vpw9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Baep" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YDTY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/AXj8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0z2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cgdB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Nfkh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8hnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cEGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/F5uY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3QwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6HcI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PnIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JCLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ySyQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/D1zW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/G0ye" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/T1ek" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/C7rc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0xHM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JeKl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gHfL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lcZU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/RiqL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/pBe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/CZW8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/latz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wN7t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/AUwV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/GpYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ufQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8ljb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/L1kP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/sYFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WIhm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZiWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/zG7q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OL8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/VoQZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FLbs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/W29A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mosj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Nyv9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/kMAT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Ay4M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZfiS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/e7dz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/npmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/33kV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8sGY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/TLoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/e2jh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/f1NT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/12OW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/A80y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IN4K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/i3ma" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/sMMY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/V81X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/m8jB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gW0X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/53jG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/M8b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/U0n9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ec76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/pSAQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/p1Ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/iTmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4dWg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/pMNe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/34yR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/x9Uc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vtG8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8uBI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0WHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/kFSo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ds0C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/5IGx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/inSX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/19kp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Xp2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/rsvp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/enOJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/2w0p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/LEfC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7Q7q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/sbtt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9bqp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vrZj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7iv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tsnM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0p3J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yJ1G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/XtM0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WKH7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yqWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9sdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9Osg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vcOz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZaEd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yXA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/TFWg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xmWK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/QJXJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Hxbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Kn4s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cnF7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/piar" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FlxT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/XVm4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lVG3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4QzZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oLB4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9qku" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vDDv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/82nr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/59fw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wMOl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/p0rI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/M59R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vwdw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/o3UR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/STIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/CqWX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/LS8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ldl2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/E7RE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dqiq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/u92u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xvdU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xwvD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/pxsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oFEy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mM7Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tEwQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cAvw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/EGDi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lAPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Yc3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/49OY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JzPb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cP4F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/uCbs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/L63Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/I20O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/EWh7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/RyvP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7FCP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7Awy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/bXqp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/O8Pu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FAl3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZB6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oo3z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/eJIi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4xDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Vtjf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/DuKR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Md9r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Aozb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/78en" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tkel" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HZWI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0iLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yipf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZRqX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/LRmQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/rMut" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/x1YB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/KbOg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Hkop" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/kGfO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Rng5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/kKLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/sxuT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mYF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Db5u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/zqy1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hRc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/XkhY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xyW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hKFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4tXN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MrP9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3lj9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WiKh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PRE4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cC49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3vYb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4SRj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8WLf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WHRv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/rfkd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YpVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/TQI9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/r4wL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/X1wG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/bNXe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hYFv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/i8da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PTUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/imnj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/GNoj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8scJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/elEA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/fkBa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/3Apj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ruhJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/BEKJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9O06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/VCuQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/92pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9PyQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9cId" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/sZNx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YnIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7D1L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lgb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wPNF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JfLQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/nIyA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/S4Cm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Nyqg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0zW1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/omF4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/53HX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oRaU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vZk7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ndJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MzZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/qqjA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/QzqY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Xf2H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/qtBr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IPz3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/nmCp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Nq0h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/eWIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6ZJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Liwk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9SAG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WqTC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/utDL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/h1h7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YkDl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/b0RY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dZnS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7nXY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/goiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IX7u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/aEuQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/e0GV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OH25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/AzXQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/zdXM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WFpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Op9m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7XMf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/GHZp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Zet6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MRDY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/fFHw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JzsM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/wv3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cPXr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oYiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Nvkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/yKUE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/76GC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HAQl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Vb0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6Nea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/fmad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/khFA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Rycx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Ne3R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/GsU7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/jhwP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0uJI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ODf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Kt25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/oMlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Wwwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cred" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lWbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tqGh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ebeq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gwWh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/DclL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/tjpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9hSo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/eqKT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4btE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Mhgv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/w9fq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ANFG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0QgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId490" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0KDB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId491" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/uVmG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId492" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gDIX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId493" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/B2b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId494" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/u5up" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId495" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/BwNu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId496" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6UpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId497" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/qeDk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId498" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/aniY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId499" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/778G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId500" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JwI4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId501" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xw27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId502" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/i5KC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId503" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YUgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId504" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Q5FT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId505" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/8QNR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId506" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/NokU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId507" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/K8bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId508" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/xn0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId509" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/iFJ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId510" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/R2w4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId511" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/B6FG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId512" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Y9jd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId513" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9X4l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId514" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YFPE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId515" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dgM3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId516" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/N86C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId517" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId518" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HRNy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId519" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/1L4z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId520" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/h6BT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId521" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/y1kx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId522" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gRms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId523" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/IPpF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId524" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ow36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId525" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4yMX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId526" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Avd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId527" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9iZ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId528" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JJEc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId529" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9csv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId530" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/eCA9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId531" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/P8Kr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId532" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9Tfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId533" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/1MLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId534" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/v3No" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId535" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vMXx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId536" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/k6jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId537" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/H7d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId538" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/PsBr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId539" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/mJ9u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId540" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/EGTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId541" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4xG8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId542" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/j9jz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId543" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0Wqt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId544" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ePk1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId545" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/t0Ao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId546" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/AJS2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId547" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ifC2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId548" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/66ui" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId549" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hkdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId550" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4HxQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId551" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6J25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId552" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/vl33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId553" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ZoUO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId554" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FiYu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId555" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M550"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -26825,114 +26825,116 @@
       </c>
       <c r="I446" s="5"/>
       <c r="J446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K446" s="5" t="s">
         <v>1880</v>
       </c>
       <c r="L446" s="6" t="s">
         <v>1881</v>
       </c>
       <c r="M446" s="5" t="s">
         <v>1882</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="5" t="s">
         <v>1883</v>
       </c>
       <c r="B447" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C447" s="5" t="s">
-        <v>256</v>
+        <v>1884</v>
       </c>
       <c r="D447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E447" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H447" s="5" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="I447" s="5"/>
       <c r="J447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L447" s="6" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="M447" s="5"/>
     </row>
     <row r="448">
       <c r="A448" s="5" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
       <c r="B448" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C448" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E448" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G448" s="5" t="s">
-        <v>1887</v>
+      <c r="G448" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H448" s="5" t="s">
         <v>1888</v>
       </c>
       <c r="I448" s="5"/>
       <c r="J448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L448" s="6" t="s">
         <v>1889</v>
       </c>
       <c r="M448" s="5"/>
     </row>
     <row r="449">
       <c r="A449" s="5" t="s">
         <v>1890</v>
       </c>
       <c r="B449" s="5" t="s">
@@ -26979,285 +26981,283 @@
       <c r="M449" s="5"/>
     </row>
     <row r="450">
       <c r="A450" s="5" t="s">
         <v>1893</v>
       </c>
       <c r="B450" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C450" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E450" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G450" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G450" s="5" t="s">
+        <v>1894</v>
       </c>
       <c r="H450" s="5" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="I450" s="5"/>
       <c r="J450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L450" s="6" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="M450" s="5"/>
     </row>
     <row r="451">
       <c r="A451" s="5" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="B451" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C451" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E451" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H451" s="5" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="I451" s="5"/>
       <c r="J451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L451" s="6" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="M451" s="5"/>
     </row>
     <row r="452">
       <c r="A452" s="5" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="B452" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C452" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E452" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H452" s="5" t="s">
-        <v>1900</v>
-[...1 lines deleted...]
-      <c r="I452" s="5" t="s">
         <v>1901</v>
       </c>
-      <c r="J452" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K452" s="5" t="s">
+      <c r="I452" s="5"/>
+      <c r="J452" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K452" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L452" s="6" t="s">
         <v>1902</v>
-      </c>
-[...1 lines deleted...]
-        <v>1903</v>
       </c>
       <c r="M452" s="5"/>
     </row>
     <row r="453">
       <c r="A453" s="5" t="s">
-        <v>1904</v>
+        <v>1903</v>
       </c>
       <c r="B453" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C453" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E453" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G453" s="5" t="s">
-        <v>1905</v>
+      <c r="G453" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H453" s="5" t="s">
-        <v>1906</v>
+        <v>1904</v>
       </c>
       <c r="I453" s="5"/>
       <c r="J453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L453" s="6" t="s">
-        <v>1907</v>
+        <v>1905</v>
       </c>
       <c r="M453" s="5"/>
     </row>
     <row r="454">
       <c r="A454" s="5" t="s">
-        <v>1908</v>
+        <v>1906</v>
       </c>
       <c r="B454" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C454" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E454" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H454" s="5" t="s">
+        <v>1907</v>
+      </c>
+      <c r="I454" s="5" t="s">
+        <v>1908</v>
+      </c>
+      <c r="J454" s="5" t="s">
+        <v>1740</v>
+      </c>
+      <c r="K454" s="5" t="s">
         <v>1909</v>
-      </c>
-[...9 lines deleted...]
-        </is>
       </c>
       <c r="L454" s="6" t="s">
         <v>1910</v>
       </c>
       <c r="M454" s="5"/>
     </row>
     <row r="455">
       <c r="A455" s="5" t="s">
         <v>1911</v>
       </c>
       <c r="B455" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C455" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="D455" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E455" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F455" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G455" s="5" t="s">
         <v>1912</v>
-      </c>
-[...16 lines deleted...]
-        </is>
       </c>
       <c r="H455" s="5" t="s">
         <v>1913</v>
       </c>
       <c r="I455" s="5"/>
       <c r="J455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L455" s="6" t="s">
         <v>1914</v>
       </c>
       <c r="M455" s="5"/>
     </row>
     <row r="456">
       <c r="A456" s="5" t="s">
         <v>1915</v>
       </c>
       <c r="B456" s="5" t="s">
@@ -27289,159 +27289,161 @@
       </c>
       <c r="I456" s="5"/>
       <c r="J456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L456" s="6" t="s">
         <v>1917</v>
       </c>
       <c r="M456" s="5"/>
     </row>
     <row r="457">
       <c r="A457" s="5" t="s">
         <v>1918</v>
       </c>
       <c r="B457" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C457" s="5" t="s">
-        <v>256</v>
+        <v>1919</v>
       </c>
       <c r="D457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E457" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G457" s="5" t="s">
-        <v>1919</v>
+      <c r="G457" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H457" s="5" t="s">
         <v>1920</v>
       </c>
       <c r="I457" s="5"/>
       <c r="J457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L457" s="6" t="s">
         <v>1921</v>
       </c>
       <c r="M457" s="5"/>
     </row>
     <row r="458">
       <c r="A458" s="5" t="s">
         <v>1922</v>
       </c>
       <c r="B458" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C458" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E458" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G458" s="5" t="s">
+      <c r="G458" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H458" s="5" t="s">
         <v>1923</v>
-      </c>
-[...1 lines deleted...]
-        <v>1924</v>
       </c>
       <c r="I458" s="5"/>
       <c r="J458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L458" s="6" t="s">
-        <v>1925</v>
+        <v>1924</v>
       </c>
       <c r="M458" s="5"/>
     </row>
     <row r="459">
       <c r="A459" s="5" t="s">
-        <v>1926</v>
+        <v>1925</v>
       </c>
       <c r="B459" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C459" s="5" t="s">
-        <v>1912</v>
+        <v>256</v>
       </c>
       <c r="D459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E459" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G459" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G459" s="5" t="s">
+        <v>1926</v>
       </c>
       <c r="H459" s="5" t="s">
         <v>1927</v>
       </c>
       <c r="I459" s="5"/>
       <c r="J459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L459" s="6" t="s">
         <v>1928</v>
       </c>
       <c r="M459" s="5"/>
     </row>
     <row r="460">
       <c r="A460" s="5" t="s">
         <v>1929</v>
       </c>
       <c r="B460" s="5" t="s">
@@ -27471,51 +27473,51 @@
       </c>
       <c r="I460" s="5"/>
       <c r="J460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L460" s="6" t="s">
         <v>1932</v>
       </c>
       <c r="M460" s="5"/>
     </row>
     <row r="461">
       <c r="A461" s="5" t="s">
         <v>1933</v>
       </c>
       <c r="B461" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C461" s="5" t="s">
-        <v>256</v>
+        <v>1919</v>
       </c>
       <c r="D461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E461" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H461" s="5" t="s">
         <v>1934</v>
       </c>
       <c r="I461" s="5"/>
       <c r="J461" s="5" t="inlineStr">
         <is>
@@ -27533,334 +27535,334 @@
       <c r="M461" s="5"/>
     </row>
     <row r="462">
       <c r="A462" s="5" t="s">
         <v>1936</v>
       </c>
       <c r="B462" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C462" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E462" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G462" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G462" s="5" t="s">
+        <v>1937</v>
       </c>
       <c r="H462" s="5" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
       <c r="I462" s="5"/>
       <c r="J462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L462" s="6" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
       <c r="M462" s="5"/>
     </row>
     <row r="463">
       <c r="A463" s="5" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
       <c r="B463" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C463" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E463" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H463" s="5" t="s">
-        <v>1940</v>
+        <v>1941</v>
       </c>
       <c r="I463" s="5"/>
       <c r="J463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L463" s="6" t="s">
-        <v>1941</v>
+        <v>1942</v>
       </c>
       <c r="M463" s="5"/>
     </row>
     <row r="464">
       <c r="A464" s="5" t="s">
-        <v>1942</v>
+        <v>1943</v>
       </c>
       <c r="B464" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C464" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E464" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H464" s="5" t="s">
-        <v>1943</v>
+        <v>1944</v>
       </c>
       <c r="I464" s="5"/>
       <c r="J464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L464" s="6" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
       <c r="M464" s="5"/>
     </row>
     <row r="465">
       <c r="A465" s="5" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="B465" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C465" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E465" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H465" s="5" t="s">
-        <v>1946</v>
+        <v>1947</v>
       </c>
       <c r="I465" s="5"/>
       <c r="J465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L465" s="6" t="s">
-        <v>1947</v>
+        <v>1948</v>
       </c>
       <c r="M465" s="5"/>
     </row>
     <row r="466">
       <c r="A466" s="5" t="s">
-        <v>1948</v>
+        <v>1949</v>
       </c>
       <c r="B466" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C466" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E466" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H466" s="5" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
       <c r="I466" s="5"/>
       <c r="J466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L466" s="6" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="M466" s="5"/>
     </row>
     <row r="467">
       <c r="A467" s="5" t="s">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="B467" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C467" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E467" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H467" s="5" t="s">
-        <v>1952</v>
+        <v>1953</v>
       </c>
       <c r="I467" s="5"/>
       <c r="J467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L467" s="6" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="M467" s="5"/>
     </row>
     <row r="468">
       <c r="A468" s="5" t="s">
-        <v>1954</v>
+        <v>1955</v>
       </c>
       <c r="B468" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C468" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E468" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G468" s="5" t="s">
-        <v>1955</v>
+      <c r="G468" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H468" s="5" t="s">
         <v>1956</v>
       </c>
       <c r="I468" s="5"/>
       <c r="J468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L468" s="6" t="s">
         <v>1957</v>
       </c>
       <c r="M468" s="5"/>
     </row>
     <row r="469">
       <c r="A469" s="5" t="s">
         <v>1958</v>
       </c>
       <c r="B469" s="5" t="s">
@@ -27907,99 +27909,99 @@
       <c r="M469" s="5"/>
     </row>
     <row r="470">
       <c r="A470" s="5" t="s">
         <v>1961</v>
       </c>
       <c r="B470" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C470" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E470" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G470" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G470" s="5" t="s">
+        <v>1962</v>
       </c>
       <c r="H470" s="5" t="s">
-        <v>1962</v>
+        <v>1963</v>
       </c>
       <c r="I470" s="5"/>
       <c r="J470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L470" s="6" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="M470" s="5"/>
     </row>
     <row r="471">
       <c r="A471" s="5" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="B471" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C471" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E471" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G471" s="5" t="s">
-        <v>1965</v>
+      <c r="G471" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H471" s="5" t="s">
         <v>1966</v>
       </c>
       <c r="I471" s="5"/>
       <c r="J471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L471" s="6" t="s">
         <v>1967</v>
       </c>
       <c r="M471" s="5"/>
     </row>
     <row r="472">
       <c r="A472" s="5" t="s">
         <v>1968</v>
       </c>
       <c r="B472" s="5" t="s">
@@ -28046,99 +28048,99 @@
       <c r="M472" s="5"/>
     </row>
     <row r="473">
       <c r="A473" s="5" t="s">
         <v>1971</v>
       </c>
       <c r="B473" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C473" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E473" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G473" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G473" s="5" t="s">
+        <v>1972</v>
       </c>
       <c r="H473" s="5" t="s">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="I473" s="5"/>
       <c r="J473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L473" s="6" t="s">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="M473" s="5"/>
     </row>
     <row r="474">
       <c r="A474" s="5" t="s">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="B474" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C474" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D474" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E474" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F474" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G474" s="5" t="s">
-        <v>1975</v>
+      <c r="G474" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H474" s="5" t="s">
         <v>1976</v>
       </c>
       <c r="I474" s="5"/>
       <c r="J474" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K474" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L474" s="6" t="s">
         <v>1977</v>
       </c>
       <c r="M474" s="5"/>
     </row>
     <row r="475">
       <c r="A475" s="5" t="s">
         <v>1978</v>
       </c>
       <c r="B475" s="5" t="s">
@@ -28185,99 +28187,99 @@
       <c r="M475" s="5"/>
     </row>
     <row r="476">
       <c r="A476" s="5" t="s">
         <v>1981</v>
       </c>
       <c r="B476" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C476" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E476" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G476" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G476" s="5" t="s">
+        <v>1982</v>
       </c>
       <c r="H476" s="5" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="I476" s="5"/>
       <c r="J476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L476" s="6" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="M476" s="5"/>
     </row>
     <row r="477">
       <c r="A477" s="5" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="B477" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C477" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E477" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G477" s="5" t="s">
-        <v>1985</v>
+      <c r="G477" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H477" s="5" t="s">
         <v>1986</v>
       </c>
       <c r="I477" s="5"/>
       <c r="J477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L477" s="6" t="s">
         <v>1987</v>
       </c>
       <c r="M477" s="5"/>
     </row>
     <row r="478">
       <c r="A478" s="5" t="s">
         <v>1988</v>
       </c>
       <c r="B478" s="5" t="s">
@@ -28461,557 +28463,557 @@
       <c r="M481" s="5"/>
     </row>
     <row r="482">
       <c r="A482" s="5" t="s">
         <v>2002</v>
       </c>
       <c r="B482" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C482" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E482" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G482" s="5" t="s">
+      <c r="G482" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H482" s="5" t="s">
         <v>2003</v>
-      </c>
-[...1 lines deleted...]
-        <v>2004</v>
       </c>
       <c r="I482" s="5"/>
       <c r="J482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L482" s="6" t="s">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="M482" s="5"/>
     </row>
     <row r="483">
       <c r="A483" s="5" t="s">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="B483" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C483" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E483" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G483" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I483" s="5" t="s">
+      <c r="G483" s="5" t="s">
+        <v>2006</v>
+      </c>
+      <c r="H483" s="5" t="s">
         <v>2007</v>
       </c>
-      <c r="J483" s="5" t="s">
+      <c r="I483" s="5"/>
+      <c r="J483" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K483" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L483" s="6" t="s">
         <v>2008</v>
-      </c>
-[...4 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="M483" s="5"/>
     </row>
     <row r="484">
       <c r="A484" s="5" t="s">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="B484" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C484" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E484" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G484" s="5" t="s">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="H484" s="5" t="s">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="I484" s="5"/>
       <c r="J484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L484" s="6" t="s">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="M484" s="5"/>
     </row>
     <row r="485">
       <c r="A485" s="5" t="s">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="B485" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C485" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E485" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G485" s="5" t="s">
+      <c r="G485" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H485" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I485" s="5" t="s">
+        <v>2014</v>
+      </c>
+      <c r="J485" s="5" t="s">
+        <v>2015</v>
+      </c>
+      <c r="K485" s="5" t="s">
         <v>2016</v>
       </c>
-      <c r="H485" s="5" t="s">
+      <c r="L485" s="6" t="s">
         <v>2017</v>
-      </c>
-[...12 lines deleted...]
-        <v>2018</v>
       </c>
       <c r="M485" s="5"/>
     </row>
     <row r="486">
       <c r="A486" s="5" t="s">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="B486" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C486" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E486" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G486" s="5" t="s">
+        <v>2019</v>
+      </c>
+      <c r="H486" s="5" t="s">
         <v>2020</v>
-      </c>
-[...1 lines deleted...]
-        <v>2021</v>
       </c>
       <c r="I486" s="5"/>
       <c r="J486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L486" s="6" t="s">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="M486" s="5"/>
     </row>
     <row r="487">
       <c r="A487" s="5" t="s">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B487" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C487" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E487" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G487" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G487" s="5" t="s">
+        <v>2023</v>
       </c>
       <c r="H487" s="5" t="s">
         <v>2024</v>
       </c>
       <c r="I487" s="5"/>
       <c r="J487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L487" s="6" t="s">
         <v>2025</v>
       </c>
       <c r="M487" s="5"/>
     </row>
     <row r="488">
       <c r="A488" s="5" t="s">
         <v>2026</v>
       </c>
       <c r="B488" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C488" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="D488" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E488" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F488" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G488" s="5" t="s">
         <v>2027</v>
-      </c>
-[...16 lines deleted...]
-        </is>
       </c>
       <c r="H488" s="5" t="s">
         <v>2028</v>
       </c>
       <c r="I488" s="5"/>
       <c r="J488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L488" s="6" t="s">
         <v>2029</v>
       </c>
       <c r="M488" s="5"/>
     </row>
     <row r="489">
       <c r="A489" s="5" t="s">
         <v>2030</v>
       </c>
       <c r="B489" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C489" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E489" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H489" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I489" s="5" t="s">
+      <c r="H489" s="5" t="s">
         <v>2031</v>
       </c>
-      <c r="J489" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K489" s="5" t="s">
+      <c r="I489" s="5"/>
+      <c r="J489" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K489" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L489" s="6" t="s">
         <v>2032</v>
-      </c>
-[...1 lines deleted...]
-        <v>2033</v>
       </c>
       <c r="M489" s="5"/>
     </row>
     <row r="490">
       <c r="A490" s="5" t="s">
-        <v>2034</v>
+        <v>2033</v>
       </c>
       <c r="B490" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C490" s="5" t="s">
-        <v>256</v>
+        <v>2034</v>
       </c>
       <c r="D490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E490" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G490" s="5" t="s">
+      <c r="G490" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H490" s="5" t="s">
         <v>2035</v>
-      </c>
-[...1 lines deleted...]
-        <v>2036</v>
       </c>
       <c r="I490" s="5"/>
       <c r="J490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L490" s="6" t="s">
-        <v>2037</v>
+        <v>2036</v>
       </c>
       <c r="M490" s="5"/>
     </row>
     <row r="491">
       <c r="A491" s="5" t="s">
-        <v>2038</v>
+        <v>2037</v>
       </c>
       <c r="B491" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C491" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E491" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G491" s="5" t="s">
+      <c r="G491" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H491" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I491" s="5" t="s">
+        <v>2038</v>
+      </c>
+      <c r="J491" s="5" t="s">
+        <v>1740</v>
+      </c>
+      <c r="K491" s="5" t="s">
         <v>2039</v>
       </c>
-      <c r="H491" s="5" t="s">
+      <c r="L491" s="6" t="s">
         <v>2040</v>
-      </c>
-[...12 lines deleted...]
-        <v>2041</v>
       </c>
       <c r="M491" s="5"/>
     </row>
     <row r="492">
       <c r="A492" s="5" t="s">
-        <v>2042</v>
+        <v>2041</v>
       </c>
       <c r="B492" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C492" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E492" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G492" s="5" t="s">
+        <v>2042</v>
+      </c>
+      <c r="H492" s="5" t="s">
         <v>2043</v>
-      </c>
-[...1 lines deleted...]
-        <v>2044</v>
       </c>
       <c r="I492" s="5"/>
       <c r="J492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L492" s="6" t="s">
-        <v>2045</v>
+        <v>2044</v>
       </c>
       <c r="M492" s="5"/>
     </row>
     <row r="493">
       <c r="A493" s="5" t="s">
-        <v>2046</v>
+        <v>2045</v>
       </c>
       <c r="B493" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C493" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E493" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G493" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G493" s="5" t="s">
+        <v>2046</v>
       </c>
       <c r="H493" s="5" t="s">
         <v>2047</v>
       </c>
       <c r="I493" s="5"/>
       <c r="J493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L493" s="6" t="s">
         <v>2048</v>
       </c>
       <c r="M493" s="5"/>
     </row>
     <row r="494">
       <c r="A494" s="5" t="s">
         <v>2049</v>
       </c>
       <c r="B494" s="5" t="s">
@@ -29195,191 +29197,191 @@
       <c r="M497" s="5"/>
     </row>
     <row r="498">
       <c r="A498" s="5" t="s">
         <v>2063</v>
       </c>
       <c r="B498" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C498" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E498" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G498" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G498" s="5" t="s">
+        <v>2064</v>
       </c>
       <c r="H498" s="5" t="s">
-        <v>2064</v>
+        <v>2065</v>
       </c>
       <c r="I498" s="5"/>
       <c r="J498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L498" s="6" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
       <c r="M498" s="5"/>
     </row>
     <row r="499">
       <c r="A499" s="5" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="B499" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C499" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E499" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G499" s="5" t="s">
-        <v>2067</v>
+      <c r="G499" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H499" s="5" t="s">
         <v>2068</v>
       </c>
       <c r="I499" s="5"/>
       <c r="J499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L499" s="6" t="s">
         <v>2069</v>
       </c>
       <c r="M499" s="5"/>
     </row>
     <row r="500">
       <c r="A500" s="5" t="s">
         <v>2070</v>
       </c>
       <c r="B500" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C500" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E500" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G500" s="5" t="s">
+      <c r="G500" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H500" s="5" t="s">
         <v>2071</v>
-      </c>
-[...1 lines deleted...]
-        <v>2072</v>
       </c>
       <c r="I500" s="5"/>
       <c r="J500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L500" s="6" t="s">
-        <v>2073</v>
+        <v>2072</v>
       </c>
       <c r="M500" s="5"/>
     </row>
     <row r="501">
       <c r="A501" s="5" t="s">
-        <v>2074</v>
+        <v>2073</v>
       </c>
       <c r="B501" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C501" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E501" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G501" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G501" s="5" t="s">
+        <v>2074</v>
       </c>
       <c r="H501" s="5" t="s">
         <v>2075</v>
       </c>
       <c r="I501" s="5"/>
       <c r="J501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L501" s="6" t="s">
         <v>2076</v>
       </c>
       <c r="M501" s="5"/>
     </row>
     <row r="502">
       <c r="A502" s="5" t="s">
         <v>2077</v>
       </c>
       <c r="B502" s="5" t="s">
@@ -29471,146 +29473,146 @@
       <c r="M503" s="5"/>
     </row>
     <row r="504">
       <c r="A504" s="5" t="s">
         <v>2084</v>
       </c>
       <c r="B504" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C504" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E504" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G504" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G504" s="5" t="s">
+        <v>2085</v>
       </c>
       <c r="H504" s="5" t="s">
-        <v>2085</v>
+        <v>2086</v>
       </c>
       <c r="I504" s="5"/>
       <c r="J504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L504" s="6" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="M504" s="5"/>
     </row>
     <row r="505">
       <c r="A505" s="5" t="s">
-        <v>2087</v>
+        <v>2088</v>
       </c>
       <c r="B505" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C505" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E505" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H505" s="5" t="s">
-        <v>2088</v>
+        <v>2089</v>
       </c>
       <c r="I505" s="5"/>
       <c r="J505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L505" s="6" t="s">
-        <v>2089</v>
+        <v>2090</v>
       </c>
       <c r="M505" s="5"/>
     </row>
     <row r="506">
       <c r="A506" s="5" t="s">
-        <v>2090</v>
+        <v>2091</v>
       </c>
       <c r="B506" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C506" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D506" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E506" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F506" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G506" s="5" t="s">
-        <v>2091</v>
+      <c r="G506" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H506" s="5" t="s">
         <v>2092</v>
       </c>
       <c r="I506" s="5"/>
       <c r="J506" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K506" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L506" s="6" t="s">
         <v>2093</v>
       </c>
       <c r="M506" s="5"/>
     </row>
     <row r="507">
       <c r="A507" s="5" t="s">
         <v>2094</v>
       </c>
       <c r="B507" s="5" t="s">
@@ -29702,97 +29704,99 @@
       <c r="M508" s="5"/>
     </row>
     <row r="509">
       <c r="A509" s="5" t="s">
         <v>2101</v>
       </c>
       <c r="B509" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C509" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E509" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G509" s="5" t="s">
+      <c r="G509" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H509" s="5" t="s">
         <v>2102</v>
-      </c>
-[...1 lines deleted...]
-        <v>2103</v>
       </c>
       <c r="I509" s="5"/>
       <c r="J509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L509" s="6" t="s">
-        <v>2104</v>
+        <v>2103</v>
       </c>
       <c r="M509" s="5"/>
     </row>
     <row r="510">
       <c r="A510" s="5" t="s">
-        <v>2105</v>
+        <v>2104</v>
       </c>
       <c r="B510" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C510" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D510" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E510" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F510" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G510" s="5" t="s">
-        <v>2035</v>
+        <v>2105</v>
       </c>
       <c r="H510" s="5" t="s">
         <v>2106</v>
       </c>
       <c r="I510" s="5"/>
       <c r="J510" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K510" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L510" s="6" t="s">
         <v>2107</v>
       </c>
       <c r="M510" s="5"/>
     </row>
     <row r="511">
       <c r="A511" s="5" t="s">
         <v>2108</v>
       </c>
       <c r="B511" s="5" t="s">
@@ -29837,330 +29841,326 @@
       <c r="M511" s="5"/>
     </row>
     <row r="512">
       <c r="A512" s="5" t="s">
         <v>2112</v>
       </c>
       <c r="B512" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C512" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E512" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G512" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G512" s="5" t="s">
+        <v>2042</v>
       </c>
       <c r="H512" s="5" t="s">
         <v>2113</v>
       </c>
       <c r="I512" s="5"/>
       <c r="J512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L512" s="6" t="s">
         <v>2114</v>
       </c>
       <c r="M512" s="5"/>
     </row>
     <row r="513">
       <c r="A513" s="5" t="s">
         <v>2115</v>
       </c>
       <c r="B513" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C513" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D513" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E513" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F513" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G513" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G513" s="5" t="s">
+        <v>2116</v>
       </c>
       <c r="H513" s="5" t="s">
-        <v>2116</v>
-[...1 lines deleted...]
-      <c r="I513" s="5" t="s">
         <v>2117</v>
       </c>
-      <c r="J513" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K513" s="5" t="s">
+      <c r="I513" s="5"/>
+      <c r="J513" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K513" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L513" s="6" t="s">
         <v>2118</v>
-      </c>
-[...1 lines deleted...]
-        <v>2119</v>
       </c>
       <c r="M513" s="5"/>
     </row>
     <row r="514">
       <c r="A514" s="5" t="s">
-        <v>2120</v>
+        <v>2119</v>
       </c>
       <c r="B514" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C514" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D514" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E514" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F514" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G514" s="5" t="s">
-        <v>2121</v>
+      <c r="G514" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H514" s="5" t="s">
-        <v>2122</v>
+        <v>2120</v>
       </c>
       <c r="I514" s="5"/>
       <c r="J514" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K514" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L514" s="6" t="s">
-        <v>2123</v>
+        <v>2121</v>
       </c>
       <c r="M514" s="5"/>
     </row>
     <row r="515">
       <c r="A515" s="5" t="s">
-        <v>2124</v>
+        <v>2122</v>
       </c>
       <c r="B515" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C515" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="D515" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E515" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F515" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G515" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H515" s="5" t="s">
+        <v>2123</v>
+      </c>
+      <c r="I515" s="5" t="s">
+        <v>2124</v>
+      </c>
+      <c r="J515" s="5" t="s">
+        <v>1740</v>
+      </c>
+      <c r="K515" s="5" t="s">
         <v>2125</v>
       </c>
-      <c r="D515" s="5" t="inlineStr">
-[...17 lines deleted...]
-      <c r="H515" s="5" t="s">
+      <c r="L515" s="6" t="s">
         <v>2126</v>
-      </c>
-[...12 lines deleted...]
-        <v>2127</v>
       </c>
       <c r="M515" s="5"/>
     </row>
     <row r="516">
       <c r="A516" s="5" t="s">
-        <v>2128</v>
+        <v>2127</v>
       </c>
       <c r="B516" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C516" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D516" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E516" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F516" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G516" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G516" s="5" t="s">
+        <v>2128</v>
       </c>
       <c r="H516" s="5" t="s">
         <v>2129</v>
       </c>
       <c r="I516" s="5"/>
       <c r="J516" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K516" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L516" s="6" t="s">
         <v>2130</v>
       </c>
       <c r="M516" s="5"/>
     </row>
     <row r="517">
       <c r="A517" s="5" t="s">
         <v>2131</v>
       </c>
       <c r="B517" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C517" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D517" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E517" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F517" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G517" s="5" t="s">
+      <c r="G517" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H517" s="5" t="s">
         <v>2132</v>
-      </c>
-[...1 lines deleted...]
-        <v>2133</v>
       </c>
       <c r="I517" s="5"/>
       <c r="J517" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K517" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L517" s="6" t="s">
-        <v>2134</v>
+        <v>2133</v>
       </c>
       <c r="M517" s="5"/>
     </row>
     <row r="518">
       <c r="A518" s="5" t="s">
-        <v>2135</v>
+        <v>2134</v>
       </c>
       <c r="B518" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C518" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E518" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G518" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G518" s="5" t="s">
+        <v>2135</v>
       </c>
       <c r="H518" s="5" t="s">
         <v>2136</v>
       </c>
       <c r="I518" s="5"/>
       <c r="J518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L518" s="6" t="s">
         <v>2137</v>
       </c>
       <c r="M518" s="5"/>
     </row>
     <row r="519">
       <c r="A519" s="5" t="s">
         <v>2138</v>
       </c>
       <c r="B519" s="5" t="s">
@@ -30464,51 +30464,51 @@
       </c>
       <c r="I525" s="5"/>
       <c r="J525" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K525" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L525" s="6" t="s">
         <v>2162</v>
       </c>
       <c r="M525" s="5"/>
     </row>
     <row r="526">
       <c r="A526" s="5" t="s">
         <v>2163</v>
       </c>
       <c r="B526" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C526" s="5" t="s">
-        <v>2027</v>
+        <v>2034</v>
       </c>
       <c r="D526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E526" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G526" s="5" t="s">
         <v>2164</v>
       </c>
       <c r="H526" s="5" t="s">
         <v>2165</v>
       </c>
       <c r="I526" s="5"/>
       <c r="J526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
@@ -30896,622 +30896,622 @@
       <c r="M534" s="5"/>
     </row>
     <row r="535">
       <c r="A535" s="5" t="s">
         <v>2193</v>
       </c>
       <c r="B535" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C535" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D535" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E535" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F535" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G535" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G535" s="5" t="s">
+        <v>2194</v>
       </c>
       <c r="H535" s="5" t="s">
-        <v>2194</v>
+        <v>2195</v>
       </c>
       <c r="I535" s="5"/>
       <c r="J535" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K535" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L535" s="6" t="s">
-        <v>2195</v>
+        <v>2196</v>
       </c>
       <c r="M535" s="5"/>
     </row>
     <row r="536">
       <c r="A536" s="5" t="s">
-        <v>2196</v>
+        <v>2197</v>
       </c>
       <c r="B536" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C536" s="5" t="s">
         <v>256</v>
       </c>
       <c r="D536" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E536" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F536" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G536" s="5" t="s">
-        <v>2197</v>
+      <c r="G536" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H536" s="5" t="s">
         <v>2198</v>
       </c>
       <c r="I536" s="5"/>
       <c r="J536" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K536" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L536" s="6" t="s">
         <v>2199</v>
       </c>
       <c r="M536" s="5"/>
     </row>
     <row r="537">
       <c r="A537" s="5" t="s">
         <v>2200</v>
       </c>
       <c r="B537" s="5" t="s">
-        <v>320</v>
+        <v>1735</v>
       </c>
       <c r="C537" s="5" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D537" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="D537" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E537" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F537" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G537" s="5" t="s">
         <v>2201</v>
       </c>
-      <c r="E537" s="5" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="H537" s="5" t="s">
-        <v>761</v>
+        <v>2202</v>
       </c>
       <c r="I537" s="5"/>
-      <c r="J537" s="5" t="s">
-[...3 lines deleted...]
-        <v>2202</v>
+      <c r="J537" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K537" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L537" s="6" t="s">
         <v>2203</v>
       </c>
       <c r="M537" s="5"/>
     </row>
     <row r="538">
       <c r="A538" s="5" t="s">
-        <v>2200</v>
+        <v>2204</v>
       </c>
       <c r="B538" s="5" t="s">
         <v>320</v>
       </c>
       <c r="C538" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D538" s="5" t="s">
-        <v>2204</v>
+        <v>2205</v>
       </c>
       <c r="E538" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F538" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G538" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H538" s="5" t="s">
-        <v>23</v>
+        <v>761</v>
       </c>
       <c r="I538" s="5"/>
       <c r="J538" s="5" t="s">
         <v>18</v>
       </c>
       <c r="K538" s="5" t="s">
-        <v>2205</v>
+        <v>2206</v>
       </c>
       <c r="L538" s="6" t="s">
-        <v>2206</v>
+        <v>2207</v>
       </c>
       <c r="M538" s="5"/>
     </row>
     <row r="539">
       <c r="A539" s="5" t="s">
-        <v>2207</v>
+        <v>2204</v>
       </c>
       <c r="B539" s="5" t="s">
         <v>320</v>
       </c>
       <c r="C539" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D539" s="5" t="s">
         <v>2208</v>
       </c>
       <c r="E539" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F539" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G539" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H539" s="5" t="s">
-        <v>2209</v>
+        <v>23</v>
       </c>
       <c r="I539" s="5"/>
       <c r="J539" s="5" t="s">
         <v>18</v>
       </c>
       <c r="K539" s="5" t="s">
+        <v>2209</v>
+      </c>
+      <c r="L539" s="6" t="s">
         <v>2210</v>
-      </c>
-[...1 lines deleted...]
-        <v>2211</v>
       </c>
       <c r="M539" s="5"/>
     </row>
     <row r="540">
       <c r="A540" s="5" t="s">
-        <v>2207</v>
+        <v>2211</v>
       </c>
       <c r="B540" s="5" t="s">
-        <v>50</v>
+        <v>320</v>
       </c>
       <c r="C540" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D540" s="5" t="s">
         <v>2212</v>
       </c>
       <c r="E540" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="F540" s="5" t="s">
-        <v>337</v>
+      <c r="F540" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G540" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H540" s="5" t="s">
         <v>2213</v>
       </c>
-      <c r="I540" s="5" t="s">
+      <c r="I540" s="5"/>
+      <c r="J540" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K540" s="5" t="s">
         <v>2214</v>
       </c>
-      <c r="J540" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K540" s="5" t="s">
+      <c r="L540" s="6" t="s">
         <v>2215</v>
-      </c>
-[...1 lines deleted...]
-        <v>2216</v>
       </c>
       <c r="M540" s="5"/>
     </row>
     <row r="541">
       <c r="A541" s="5" t="s">
-        <v>2207</v>
+        <v>2211</v>
       </c>
       <c r="B541" s="5" t="s">
-        <v>320</v>
+        <v>50</v>
       </c>
       <c r="C541" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D541" s="5" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E541" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F541" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="G541" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H541" s="5" t="s">
         <v>2217</v>
       </c>
-      <c r="E541" s="5" t="s">
-[...17 lines deleted...]
-      <c r="I541" s="5"/>
+      <c r="I541" s="5" t="s">
+        <v>2218</v>
+      </c>
       <c r="J541" s="5" t="s">
         <v>18</v>
       </c>
       <c r="K541" s="5" t="s">
-        <v>2218</v>
+        <v>2219</v>
       </c>
       <c r="L541" s="6" t="s">
-        <v>2219</v>
+        <v>2220</v>
       </c>
       <c r="M541" s="5"/>
     </row>
     <row r="542">
       <c r="A542" s="5" t="s">
-        <v>2207</v>
+        <v>2211</v>
       </c>
       <c r="B542" s="5" t="s">
         <v>320</v>
       </c>
       <c r="C542" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D542" s="5" t="s">
-        <v>486</v>
+        <v>2221</v>
       </c>
       <c r="E542" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F542" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G542" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H542" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I542" s="5"/>
       <c r="J542" s="5" t="s">
-        <v>389</v>
+        <v>18</v>
       </c>
       <c r="K542" s="5" t="s">
-        <v>2220</v>
+        <v>2222</v>
       </c>
       <c r="L542" s="6" t="s">
-        <v>2221</v>
+        <v>2223</v>
       </c>
       <c r="M542" s="5"/>
     </row>
     <row r="543">
       <c r="A543" s="5" t="s">
-        <v>2207</v>
+        <v>2211</v>
       </c>
       <c r="B543" s="5" t="s">
         <v>320</v>
       </c>
       <c r="C543" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D543" s="5" t="s">
-        <v>1406</v>
+        <v>486</v>
       </c>
       <c r="E543" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F543" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G543" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H543" s="5" t="s">
-        <v>2222</v>
+      <c r="H543" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I543" s="5"/>
       <c r="J543" s="5" t="s">
-        <v>18</v>
+        <v>389</v>
       </c>
       <c r="K543" s="5" t="s">
-        <v>2223</v>
+        <v>2224</v>
       </c>
       <c r="L543" s="6" t="s">
-        <v>2224</v>
+        <v>2225</v>
       </c>
       <c r="M543" s="5"/>
     </row>
     <row r="544">
       <c r="A544" s="5" t="s">
-        <v>2207</v>
+        <v>2211</v>
       </c>
       <c r="B544" s="5" t="s">
         <v>320</v>
       </c>
       <c r="C544" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D544" s="5" t="s">
         <v>1406</v>
       </c>
       <c r="E544" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F544" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G544" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H544" s="5" t="s">
-        <v>2222</v>
+        <v>2226</v>
       </c>
       <c r="I544" s="5"/>
       <c r="J544" s="5" t="s">
         <v>18</v>
       </c>
       <c r="K544" s="5" t="s">
-        <v>2225</v>
+        <v>2227</v>
       </c>
       <c r="L544" s="6" t="s">
-        <v>2226</v>
+        <v>2228</v>
       </c>
       <c r="M544" s="5"/>
     </row>
     <row r="545">
       <c r="A545" s="5" t="s">
-        <v>2227</v>
+        <v>2211</v>
       </c>
       <c r="B545" s="5" t="s">
-        <v>50</v>
+        <v>320</v>
       </c>
       <c r="C545" s="5" t="s">
-        <v>1197</v>
+        <v>16</v>
       </c>
       <c r="D545" s="5" t="s">
-        <v>23</v>
+        <v>1406</v>
       </c>
       <c r="E545" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="F545" s="5" t="s">
-        <v>15</v>
+      <c r="F545" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G545" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H545" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H545" s="5" t="s">
+        <v>2226</v>
       </c>
       <c r="I545" s="5"/>
-      <c r="J545" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J545" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K545" s="5" t="s">
+        <v>2229</v>
       </c>
       <c r="L545" s="6" t="s">
-        <v>2228</v>
+        <v>2230</v>
       </c>
       <c r="M545" s="5"/>
     </row>
     <row r="546">
       <c r="A546" s="5" t="s">
-        <v>2229</v>
+        <v>2231</v>
       </c>
       <c r="B546" s="5" t="s">
-        <v>1735</v>
+        <v>50</v>
       </c>
       <c r="C546" s="5" t="s">
-        <v>256</v>
-[...4 lines deleted...]
-        </is>
+        <v>1197</v>
+      </c>
+      <c r="D546" s="5" t="s">
+        <v>23</v>
       </c>
       <c r="E546" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="F546" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F546" s="5" t="s">
+        <v>15</v>
       </c>
       <c r="G546" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H546" s="5" t="s">
-        <v>2230</v>
+      <c r="H546" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I546" s="5"/>
       <c r="J546" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K546" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L546" s="6" t="s">
-        <v>2231</v>
+        <v>2232</v>
       </c>
       <c r="M546" s="5"/>
     </row>
     <row r="547">
       <c r="A547" s="5" t="s">
-        <v>2227</v>
+        <v>2233</v>
       </c>
       <c r="B547" s="5" t="s">
-        <v>413</v>
-[...4 lines deleted...]
-        </is>
+        <v>1735</v>
+      </c>
+      <c r="C547" s="5" t="s">
+        <v>256</v>
       </c>
       <c r="D547" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E547" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F547" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G547" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H547" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H547" s="5" t="s">
+        <v>2234</v>
       </c>
       <c r="I547" s="5"/>
       <c r="J547" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K547" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L547" s="6" t="s">
-        <v>2232</v>
+        <v>2235</v>
       </c>
       <c r="M547" s="5"/>
     </row>
     <row r="548">
       <c r="A548" s="5" t="s">
-        <v>2233</v>
+        <v>2231</v>
       </c>
       <c r="B548" s="5" t="s">
-        <v>1735</v>
-[...2 lines deleted...]
-        <v>256</v>
+        <v>413</v>
+      </c>
+      <c r="C548" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D548" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E548" s="5" t="s">
         <v>15</v>
       </c>
       <c r="F548" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G548" s="5" t="s">
-[...3 lines deleted...]
-        <v>2235</v>
+      <c r="G548" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H548" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I548" s="5"/>
       <c r="J548" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K548" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L548" s="6" t="s">
         <v>2236</v>
       </c>
       <c r="M548" s="5"/>
     </row>
     <row r="549">
       <c r="A549" s="5" t="s">
         <v>2237</v>
       </c>
       <c r="B549" s="5" t="s">
         <v>1735</v>
       </c>
       <c r="C549" s="5" t="s">
@@ -31532,51 +31532,51 @@
       </c>
       <c r="G549" s="5" t="s">
         <v>2238</v>
       </c>
       <c r="H549" s="5" t="s">
         <v>2239</v>
       </c>
       <c r="I549" s="5"/>
       <c r="J549" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K549" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L549" s="6" t="s">
         <v>2240</v>
       </c>
       <c r="M549" s="5"/>
     </row>
     <row r="550">
       <c r="A550" s="5" t="s">
-        <v>2207</v>
+        <v>2211</v>
       </c>
       <c r="B550" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C550" s="5" t="s">
         <v>1578</v>
       </c>
       <c r="D550" s="5" t="s">
         <v>358</v>
       </c>
       <c r="E550" s="5" t="s">
         <v>337</v>
       </c>
       <c r="F550" s="5" t="s">
         <v>15</v>
       </c>
       <c r="G550" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H550" s="5" t="s">
         <v>1579</v>
       </c>
       <c r="I550" s="5"/>