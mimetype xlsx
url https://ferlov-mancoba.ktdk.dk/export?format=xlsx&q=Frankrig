--- v0 (2025-11-01)
+++ v1 (2026-02-04)
@@ -44,471 +44,471 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>Certifikat</t>
+  </si>
+  <si>
+    <t>APAM Association populaire des amis des musée.</t>
+  </si>
+  <si>
+    <t>Frankrig</t>
+  </si>
+  <si>
+    <t>Ernest Mancoba</t>
+  </si>
+  <si>
+    <t>APAM blev grundlagt i 1936 og var en sammenslutning under den venstreorienterede partialliance Front populaire i Frankrig. Den havde til formål at åbne museerne op for en bredere offentlighed udover den højtuddannede elite. </t>
+  </si>
+  <si>
+    <t>Ferlov Mancoba arkivet.</t>
+  </si>
+  <si>
+    <t>Ernest Mancobas medlemsskort til APAM Association populaire des amis des musées, 1959.</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/9OlU</t>
+  </si>
+  <si>
+    <t>APAM blev grundlagt i 1936 og var en sammenslutning under den venstreorienterede partialliance Front populaire i Frankrig. Den havde til formål at åbne museerne op for en bredere offentlighed udover den højtuddannede elite.</t>
+  </si>
+  <si>
+    <t>Ernest Mancobas medlemsskort til APAM Association populaire des amis des musées, 1962.</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/Rdds</t>
+  </si>
+  <si>
+    <t>1985-02-27</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Republic de France - Prefecture de Police</t>
+  </si>
+  <si>
+    <t>Ernest Mancoba
+Wonga Mancoba</t>
+  </si>
+  <si>
+    <t>Paris</t>
+  </si>
+  <si>
+    <t>Sonja Ferlov Mancoba</t>
+  </si>
+  <si>
+    <t>Sonja Ferlov Mancoba er begravet på det Ferlovske familiegravsted på Assistens Kirkegård, København.</t>
+  </si>
+  <si>
+    <t>Tilladelse fra politiet til at udføre Sonja Ferlov Mancobas urne fra Frankrig til Danmark.</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/92pi</t>
+  </si>
+  <si>
     <t>1936-10-09</t>
-  </si>
-[...1 lines deleted...]
-    <t>Certifikat</t>
   </si>
   <si>
     <t>Akademiet for de Skønne Kunster
 Einar  Utzon-Frank</t>
   </si>
   <si>
     <t>København</t>
   </si>
   <si>
     <t>Sonja Ferlov Mancoba
 Einar  Utzon-Frank</t>
   </si>
   <si>
     <t>Sonja Ferlov Mancoba er opført som ”sculpteur”, selv om hun på det danske kunstakademi studerede under bl. a. Aksel Jørgensen, og arbejdede med maleri. I 1936 identificerer hun sig som billedhugger, et skifte som skete i sommeren 1935 på Bornholm. Dog fortsætter Sonja Ferlov Mancoba også med at male, tegne og lave collager. </t>
   </si>
   <si>
-    <t>Ferlov Mancoba arkivet.</t>
-[...1 lines deleted...]
-  <si>
     <t>Anbefaling fra Det Kongelige Danske Kunstakademi, med henblik på Sonja Ferlovs kunststudier i Frankrig. </t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/Xpq5</t>
   </si>
   <si>
-    <t>5.-6. september 1938</t>
+    <t>Juni til september 1940</t>
   </si>
   <si>
     <t>Dagbog</t>
-  </si>
-[...78 lines deleted...]
-    <t>Juni til september 1940</t>
   </si>
   <si>
     <t>Sonja Ferlov Mancoba
 Ernest Mancoba</t>
   </si>
   <si>
     <t>Denne sektion af Mancoba-dagbogen begynder sandsynligvis omkring juni 1940, da Frankrig er på randen af Anden Verdenskrig, og Mancoba stadig er en fri mand. Sektionen fortsætter med Sonja Ferlov Mancoba, der skriver om sin bekymring for Mancobas fængsling og hendes recitation af et digt. translated 2025-02-06</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/n/nKedBtXR</t>
   </si>
   <si>
     <t>Denne sektion af Mancoba-dagbogen begynder sandsynligvis omkring juni 1940, da Frankrig er på randen af Anden Verdenskrig, og Mancoba stadig er en fri mand.  Sektionen fortsætter med Sonja Ferlov Mancoba, der skriver om sin bekymring over Mancobas fængsling og hendes recitation af et digt. translated 2025-02-06</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/n/GYtEh2gz</t>
   </si>
   <si>
-    <t>1954-03-02</t>
-[...49 lines deleted...]
-  <si>
     <t>1964-11-09</t>
   </si>
   <si>
-    <t>Brev</t>
-[...1 lines deleted...]
-  <si>
     <t>Elise  Johansen</t>
   </si>
   <si>
     <t>Pengene er en delbetaling for en skulptur, som Elise Johansen har bedt Sonja Ferlov Mancoba om at lave til sig. Se brev fra Elise Johansen til Sonja Ferlov Mancoba 12.8.1964.</t>
   </si>
   <si>
     <t>Elise Johansen skriver til Sonja Ferlov Mancoba, at det er lykkedes banken at sende 1000 kr. til hende. Det har vist sig vanskeligt at sende penge til Frankrig. Hun beder Sonja Ferlov Mancoba tage sig den tid, hun har brug for, til skulpturen til hende og lave den, som hun selv synes bedst.</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/ITHh</t>
   </si>
   <si>
     <t>1966-01-14</t>
   </si>
   <si>
     <t>Knud Ferlov</t>
   </si>
   <si>
     <t>Rom</t>
   </si>
   <si>
-    <t>Paris</t>
-[...1 lines deleted...]
-  <si>
     <t>Benoit Thierry d'Argenlieu</t>
   </si>
   <si>
     <t>Knud Ferlov skriver til Sonja Ferlov Mancoba og takker for jule- og nytårshilsner. Han foreslår, hun besøger hans ven dominikaneren Thierry d’Argenlieu, som bor i Frankrig. Han citerer et favorit vers af Grundtvig for hende. </t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/4T24</t>
   </si>
   <si>
-    <t>1967-12-14</t>
-[...18 lines deleted...]
-    <t>14. december 1967BilledhuggerindenSonja Ferlov-Mancoba153, Rue du ChateauP a r i s 14e
---------------Frankrig.Jeg har herved den glæde at meddele Dem, at Grønningens billedhuggersektion har vedtaget at opfordre Dem til at indtræde som medlem af Grønningen, og at man håber, at De vil udstille på den kommende udstilling på Charlottenborg, hvortil der er indlevering mandag den 15. januar 1968, fernisering lørdag den 20. og lukning søndag den 11. februar 1968.Jeg beder Dem meddele mig, om de vil efterkomme opfordringen og vedlægger allerede nu en arbejdsforetgnelse, som jeg beder Dem udfylde og sende til fru Louise Brems, Hannelundsvej 7, Rungsted Kyst.
-Med venlig hilsenHans Henrik Holm</t>
-[...5 lines deleted...]
-    <t>Steingrim Laursen</t>
+    <t>1968-05-15</t>
+  </si>
+  <si>
+    <t>Benedikte Groth</t>
   </si>
   <si>
     <t>Sonja Ferlov Mancoba
 Ernest Mancoba
 Wonga Mancoba</t>
   </si>
   <si>
-    <t>Ejler  Bille
-[...32 lines deleted...]
-  <si>
     <t>Bråde</t>
   </si>
   <si>
     <t>Jan  Groth
 Steingrim Laursen</t>
   </si>
   <si>
     <t>Benedikte Groth skriver til Sonja Ferlov Mancoba, Ernest Mancoba og Wonga Mancoba og beklager, at hun har måttet aflyse sit planlagte besøg hos dem i Paris på grund af urolighederne i Frankrig og Jan Groths kommende udstilling på Kunstindustrimuseet. Hun kritiserer mediehierarkiet i kunstverdenen, som bevirker, at deres vævninger kategoriseres som kunsthåndværk, og deres kunstneriske problematikker derved som oftest overses.</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/YDTY</t>
-  </si>
-[...12 lines deleted...]
-    <t>https://ferlov-mancoba.ktdk.dk/d/AXj8</t>
   </si>
   <si>
     <t>1968-06-12</t>
   </si>
   <si>
     <t>Jan  Groth</t>
   </si>
   <si>
     <t>Benedikte Groth
 Steingrim Laursen
 Wonga Mancoba
 Christian Poulsen</t>
   </si>
   <si>
     <t>Jan Groth er urolig for, hvordan Sonja Ferlov Mancoba, Ernest Mancoba og Wonga Mancoba har det i både krop og sind, mens studenteroprøret er i gang i Frankrig. Selvom han anerkender, at der er brug for forandringer, lægger han afstand til volden. Han beskriver sin og Benedikte Groths igangværende udsmykningsopgave i Holland.</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/0z2f</t>
+  </si>
+  <si>
+    <t>1977-02-28</t>
+  </si>
+  <si>
+    <t>Niels Ferlov</t>
+  </si>
+  <si>
+    <t>Sonja Ferlov Mancoba skriver til Niels Ferlov og takker for hans invitation til en stor familiefest 5. marts. Hun beklager at de ikke kan komme, da de har svært ved at forlade Paris såvel som Frankrig. Hun skriver at hun har svært ved at møde mange mennesker på en gang, da hver enkelt udgør en hel verden i sig selv. Hun beskriver deres liv i Paris som stille og koncentreret om at ”fremsætte en Ide.” </t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/cAvw</t>
+  </si>
+  <si>
+    <t>1993-05-19</t>
+  </si>
+  <si>
+    <t>Alex  Laird</t>
+  </si>
+  <si>
+    <t>London</t>
+  </si>
+  <si>
+    <t>Alexandra Laird, på vegne af virksomheden Bandung Limited, lavede en dokumentarfilm om Gerard Sekoto (1913-1993, Sydafrika/Frankrig) og interviewede Ernest Mancoba. En kopi af transkriptionen af interviewet findes i arkiverne på Johannesburg Art Gallery, doneret af Elza Miles, som skrev biografien "Lifeline out of Africa: the art of Ernest Mancoba" (1994). Der er et separat brev fra Laird til Mancoba i arkiverne.translated 2025-02-07</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/MzZE</t>
+  </si>
+  <si>
+    <t>1993-05-21</t>
+  </si>
+  <si>
+    <t>Alexandra Laird, på vegne af firmaet Bandung Limited, lavede en dokumentarfilm og interviewede Ernest om hans ven og kunstner Gerard Sekoto (1913-1993, Sydafrika/Frankrig). En kopi af transskriptionen af interviewet findes i arkiverne på Johannesburg Art Gallery, doneret af Elza Miles, som skrev biografien "Lifeline out of Africa: the art of Ernest Mancoba" (1994). Der er et separat brev om ophavsret og gebyr.translated 2025-02-07</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/qqjA</t>
+  </si>
+  <si>
+    <t>(Transcription:  W.Sze)[sender: Alexandra Laird][to: Ernest][date: 21 May]Dear Ernest It was a privilege to record an interview with you – we call [illegible] time, so I must thank you for the trouble and effort you and Wonga put in for us – and Sekoto. It makes me feel rather guilty to know that we have tired you out so much, and I hope you recover quickly. But you said many important things and it’s good to know they will be shared with a large audience – and in South Africa too.I enclose the articles I mentioned, the first about Sekoto which mentions you, and the letter Ndebele wrote in response to put the record straight!, written ten years ago now.We leave Paris tomorrow Sunday to go on to South Africa and hope to meet Es’kia Mphahlele, Chabani Manganyi and several artists. Certainly I will pass on your greetings and news to friends there.I’ve sent Wonga a film in case he’s able to take some photos of you when you’re feeling up to it. Meanwhile, [illegible] and I send you our love, and all our thoughts and, of course, very many thanks for helping me make this film – your contribution is an essential, and inspirational part of it.I will keep in touch, as promised. Meanwhile with loveFrom[signed: Alex]
+ </t>
+  </si>
+  <si>
+    <t>1968-06-09</t>
+  </si>
+  <si>
+    <t>Honoré de Balzac
+Christian Poulsen
+Medardo Rosso</t>
+  </si>
+  <si>
+    <t>Knud Ferlov skriver til Sonja Ferlov Mancoba, at han er glad for at kunne forestille sig deres butikslejlighed, som Christian Poulsen har beskrevet for ham. Han vil selv invitere hende ind i sit tankeliv og skriver både om sin dag og erindringer fra sit liv i Frankrig. Han svarer på en bemærkning fra hende om at ”man naar saa lidt i kunsten”, hvor idealet glimrer i det fjerne og skriver, at han synes hun skal læse Balzacs Le Chef-d'œuvre inconnu.</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/AXj8</t>
+  </si>
+  <si>
+    <t>November 1938 til begyndelsen af 1940, del 5</t>
+  </si>
+  <si>
+    <t>Denne Mancoba dagbog dækker Mancobas første måneder i Paris. Han er indskrevet på L'École Nationale Supérieure des Arts Décoratifs i Rue d’Ulm. Han har fået venner med den danske keramiker Christian Poulsen, som han forkorter til “Xtian”, og forskellige andre studerende, som han forskelligt identificerer som “Pultzer/Pulzer/Bulzer”, “den algeriske”, “Chargo/Chago” og “Roser” (blandt andre). Han har et besøg med en sydafrikansk person identificeret som “Mall”. Dagbogen slutter sandsynligvis i slutningen af december 1938 eller januar 1939.translated 2025-02-06</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/n/AgYkjUL0</t>
+  </si>
+  <si>
+    <t>5.-6. september 1938</t>
+  </si>
+  <si>
+    <t>Isa Cameron
+T. C.  Mehta</t>
+  </si>
+  <si>
+    <t>Den 2. september 1938 gik Ernest Mancoba ombord på et skib, der forlod Cape Town, Sydafrika, til Southampton, Det Forenede Kongerige. Det ankom den 19. september 1938. Mancoba førte en rejsejournal om rejsen.translated 2025-02-06</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/n/9rh5k1kN</t>
+  </si>
+  <si>
+    <t>12. sep. 1938</t>
+  </si>
+  <si>
+    <t>J.H. Hofmeyr
+T. C.  Mehta
+Irma Stern</t>
+  </si>
+  <si>
+    <t>Den 2. september 1938 gik Ernest Mancoba ombord på et skib, der sejlede fra Kapstaden, Sydafrika, til Southampton, Storbritannien. Det ankom den 19. september 1938. Mancoba førte en rejsejournal om rejsen.translated 2025-02-06</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/n/fgz9ptIA</t>
+  </si>
+  <si>
+    <t>November 1938 til begyndelsen af 1940, del 9</t>
+  </si>
+  <si>
+    <t>Denne Mancoba-dagbog dækker Mancobas første måneder i Paris. Han er indskrevet på L'École Nationale Supérieure des Arts Décoratifs i Rue d’Ulm. Han har fået venner blandt den danske keramiker Christian Poulsen, som han forkorter til “Xtian”, samt forskellige andre studerende, som han identificerer som “Pultzer/Pulzer/Bulzer”, “den algeriske”, “Chargo/Chago/Chayo” og “Roser” (blandt andre). Han har et besøg med en sydafrikaner identificeret som “Mall”. Dagbogen slutter sandsynligvis i slutningen af december 1938 eller januar 1939.translated 2025-02-06</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/n/IdcUikT8</t>
+  </si>
+  <si>
+    <t>November 1938 til begyndelsen af 1940, del 7</t>
+  </si>
+  <si>
+    <t>Denne Mancoba-dagbog dækker Mancobas første måneder i Paris. Han er indskrevet på L'École Nationale Supérieure des Arts Décoratifs i Rue d’Ulm. Han har fået en ven i den danske keramiker Christian Poulsen, som han forkorter til “Xtian”, og forskellige andre studerende, som han forskellige steder identificerer som “Pultzer/Pulzer/Bulzer”, “den algeriske”, “Chargo/Chago/Chayo” og “Roser” (blandt andre). Han har et besøg med en sydafrikaner, der identificeres som “Mall”. Dagbogen slutter sandsynligvis ved slutningen af december 1938 eller januar 1939.translated 2025-02-06</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/n/dJDj7ktW</t>
+  </si>
+  <si>
+    <t>30. november 1938 til tidlig 1940, del 1</t>
+  </si>
+  <si>
+    <t>Lippy Lipshitz
+Christian Poulsen
+Auguste Rodin</t>
+  </si>
+  <si>
+    <t>Denne Mancoba-dagbog dækker Mancobas første måneder i Paris. Han er indskrevet på L'École Nationale Supérieure des Arts Décoratifs i Rue d'Ulm. Han har fået venner med den danske keramiker Christian Poulsen, som han forkorter til "Xtian", samt forskellige andre studerende, som han forskellige steder identificerer som "Pultzer/Pulzer/Bulzer", "den algeriske", "Chargo/Chago" og "Roser" (blandt andre). Han har et besøg med en sydafrikaner identificeret som "Mall". Dagbogen slutter sandsynligvis i slutningen af december 1938 eller januar 1939. translated 2025-02-06</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/n/PlcF7kZE</t>
+  </si>
+  <si>
+    <t>November 1938 til tidligt i 1940, del 4</t>
+  </si>
+  <si>
+    <t>Denne Mancoba dagbog dækker Mancobas første måneder i Paris. Han er indskrevet på L'École Nationale Supérieure des Arts Décoratifs i Rue d’Ulm. Han har fået en ven i den danske keramiker Christian Poulsen, som han forkorter til "Xtian", samt forskellige andre studerende, som han forskelligt identificerer som "Pultzer/Pulzer/Bulzer", "den algeriske", "Chargo/Chago" og "Roser" (blandt andre). Han har et besøg med en sydafrikansk person identificeret som "Mall". Dagbogen slutter sandsynligvis ved udgangen af december 1938 eller januar 1939. translated 2025-02-06</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/n/skncu8d7</t>
+  </si>
+  <si>
+    <t>1954-03-02</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Carl  Kjersmeier </t>
+  </si>
+  <si>
+    <t>Oigny-en-Valois</t>
+  </si>
+  <si>
+    <t>Amalie  Kjersmeier</t>
+  </si>
+  <si>
+    <t>Carl Kjersmeier skriver til Sonja Ferlov Mancoba og Ernst Mancoba, at han og hans kone alligevel ikke kommer og besøger dem. </t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/uAW4</t>
+  </si>
+  <si>
+    <t>BREVKORTMadame Sonja MancobaOigny-en-ValoisVillers-Cotterets(Aisne)FRANKRIG2/3 1954Kære Sonja og ErnestVi er meget kede af det men vi kommer desværre ikke ned og besøger jer i denne omgang: af hensyn til min kones helbred, må vi tage til Lugano og Italien, for at hun kan få varme i kroppen. Undskyld os al den ulejlighed, vi har forvoldt jer. – Jeg håber snart at kunne sende jer et par nye bøger. – Med alle gode ønsker og hilsner fra os begge jeres hengivne (til jer alle 3)Carl Kjersmeier</t>
+  </si>
+  <si>
+    <t>1967-12-14</t>
+  </si>
+  <si>
+    <t>Grønningen
+Hans Henrik Holm</t>
+  </si>
+  <si>
+    <t>Louise Brems</t>
+  </si>
+  <si>
+    <t>Brevet er vedlagt en seddel til anmeldelse af arbejder til den kommende udstilling. Af brev fra Sonja Ferlov Mancoba til Robert Dahlmann Olsen 21.1.1968 fremgår det, at hun har takket nej til tilbuddet. Med hensyn til tilbuddet om optagelse i Grønningen, har Robert Dahlmann Olsen foranlediget muligheden for en invitation via Svavar Gudnason jf. breve fra Robert Dahlmann Olsen til Sonja Ferlov Mancoba 21.10.1967 og 30.10.1967, omend det i brev af 21.1.1968 fremgår at hun blev anbefalet af Adam Fischer.</t>
+  </si>
+  <si>
+    <t>Brev fra Grønningen med invitation til Sonja Ferlov Mancoba om at udstille i billedhuggersektionen og indtræde som medlem af sammenslutningen. </t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/rgF9</t>
+  </si>
+  <si>
+    <t>14. december 1967BilledhuggerindenSonja Ferlov-Mancoba153, Rue du ChateauP a r i s 14e
+--------------Frankrig.Jeg har herved den glæde at meddele Dem, at Grønningens billedhuggersektion har vedtaget at opfordre Dem til at indtræde som medlem af Grønningen, og at man håber, at De vil udstille på den kommende udstilling på Charlottenborg, hvortil der er indlevering mandag den 15. januar 1968, fernisering lørdag den 20. og lukning søndag den 11. februar 1968.Jeg beder Dem meddele mig, om de vil efterkomme opfordringen og vedlægger allerede nu en arbejdsforetgnelse, som jeg beder Dem udfylde og sende til fru Louise Brems, Hannelundsvej 7, Rungsted Kyst.
+Med venlig hilsenHans Henrik Holm</t>
   </si>
   <si>
     <t>1969-05-28</t>
   </si>
   <si>
     <t>Poul Vad</t>
   </si>
   <si>
     <t>Ejler  Bille
 Jan  Groth
 Holstebro Kunstmuseum
 Jan Kott
 Steingrim Laursen
 David Herbert Lawrence 
 Ernest Mancoba
 Christian Poulsen
 William Shakespeare
 Karen Vad
 Kasper  Vad
 Signe  Vad</t>
   </si>
   <si>
     <t>Poul Vad skriver til Sonja Ferlov Mancoba, Ernest Mancoba og Wonga Mancoba om planlægningen af Ernest Mancobas udstilling i Holstebro, om Wonga Mancobas studie af Shakespeare og sin egen interesse for samme forfatter. Han spørger til eftervirkningerne af studenteroprøret i maj 1968 i Paris. Desuden beder han Sonja Ferlov Mancoba om en dansk titel på skulpturen &lt;em&gt;Confiance&lt;/em&gt;, som Holstebro Kunstmuseum har købt. </t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/pBe6</t>
   </si>
   <si>
     <t>København d. 28.5.1969Kære Ernest, Sonja og Wonga,Rigtig mange tak for jeres gode breve som har glædet os meget. Jeg sidder her i mit lille arbejdsrum på Nørrebro og skriver dette, det er endelig blevet forårsvejr her – og jeg ville ønske jeg nu kunne spadsere ned af rue du Château, og banke på døren, og vi så kunne få os en god lang snak og et glas vin og en gauloise!Det næste der står for døren er jo nu Ernests udstilling i Holstebro, Steingrim lægger et vældigt arbejde i den og jeg glæder mig til at se den når den til sin tid bliver en realitet. Vi havde det billede, som tilhører Jan Groth, hængende hos os nogle uger, og det var et stort savn da vi skulle aflevere det igen!Ja, med sit studium er Wonga jo inde i mange spændende ting som vi nok får lejlighed til at snakke om en gang. Jeg har netop fornylig læst Shakespeare igen, nemlig The Tempest, som næsten overstråler alt, og er så klart og uudgrundeligt på en gang. Kender I mon en bog der kom for et par år siden, af polakken Jan Kott, ”Shakespeare notre contemporain”, den er meget spændende og et smukt vidnesbyrd om hvordan hver ny generation kan finde ”sit eget” hos Shakespeare. Det må også være interessant for Wonga at komme fra den franske og latinske tradition og temperament til englænderne, f. eks. en mand som D. H. Lawrence. –Så er der noget helt andet, den politiske situation i Frankrig. Det virker så underlig roligt på overfladen, for ikke at sige dødt. Men hvilke strømme løber der under overfladen, og hvordan er eftervirkningerne nu efter maj sidste år?? – Der ville være mere end nok at tale om kan jeg se, men lad mig fortælle at Kasper og Signe begge har det godt, og Karen og jeg også. – For et par uger siden havde vi en aften besøg af Christian Poulsen og Bille, det blev både til genopfriskning af mange minder, især Christian fortalte levende, og til snak om fremtiden, og nutiden.En ting vil jeg spørge dig om Sonja: er det muligt du kunne give din skulptur ”Confiance” som Holstebro har købt en dansk titel? Det er kun meget få i Holstebro der forstår fransk – og nu bliver det jo på en måde deres |(Holstebroernes)|, så hvis du kunne tænke på hvad du skulle kalde den om den skulle have en dansk titel, vil jeg være dig meget taknemmelig! Det er ikke noget der haster. Til slut mange hilsener og de bedste ønsker for jer alle fra os fire – Poul</t>
   </si>
   <si>
-    <t>1977-02-28</t>
-[...55 lines deleted...]
- </t>
+    <t>1968-02-20</t>
+  </si>
+  <si>
+    <t>Steingrim Laursen</t>
+  </si>
+  <si>
+    <t>Ejler  Bille
+Agnete Bjerre
+Ib Braase
+Frede Christoffersen
+Den Frie Udstilling
+Jan  Groth
+Høstudstillingen
+Poul Jensen
+Elise  Johansen
+Christian Poulsen
+Poul Vad</t>
+  </si>
+  <si>
+    <t>Sonja Ferlov Mancoba udstillede som gæst på Den Frie i 1968.</t>
+  </si>
+  <si>
+    <t>Ferlov Mancoba arkivet. </t>
+  </si>
+  <si>
+    <t>Et langt brev fra Steingrim Laursen, hvor han redegør for Ernest Mancoba og Sonja Ferlov Mancobas omdømme og ”resonans” i det danske kunstmiljø. Han skriver om kurateringen og modtagelsen af Sonja Ferlov Mancobas værker på Den Frie. Han beretter også om hans planer for samarbejdet med Mancobaerne, blandt andet med en Sonja Ferlov Mancoba udstilling.</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/6QK0</t>
+  </si>
+  <si>
+    <t>20.2.68Kære alle tre, hvor jeg dog daglig glæder mig over vores nyvundne og dog gamle venskab. Det åbner i mig kilder som nu vælder frem og når jeg læser jeres brev er det ofte svært at holde tårerne tilbage. Hvor er det vidunderligt at være en del af et fællesskab. Jeg er samtidig klar over det ansvar der følger med og skal nok prøve at leve op til det.Jeg tror at en af grundende til at det gik ”Høst” så dårligt på det etiske plan var, at man xxxxxxxx ikke gør sig ansvaret klart ved at tage del i et fællesskab, ved at ”indgå” et venskab. Da var da også en japansk pige der åbnede mine øjne herfor, og derved for den stærke degeneration af samfundets sammenhold som velfærdet fører med sig.Sonja skriver at du næsten ikke kan nå at følge med min brevstrøm – sagt med andre ord – (jeg ser sætningen kan misforstås, den er nu ment pænt) Du ved jeg har så meget at fortælle for der sker så meget på Mancoba planet her og da jeg har en del tid skriver jeg disse bog-breve. I behøver nu altså ikke tænke hver gang, xxxx! nu skal jeg altså til at skrive igen. Jeg ved Jeres tempo er anderledes end mit, og jeg ved at ting overvejes dybere hos jer, så jeg forstår, hvis der går et ”par breves tid” mellem brevene; ligesom jeg forstår at I må have Jeres tid til at blive færdig med Jeres arbejder. Det sidste er stærkt understreget. det er mig meget magtpåliggende at I frigøres for ydre press så vidt som muligt. derfor vil jeg jo så meget desto nødigere have at jeg skal stå som en ventende/krævende mærk xxx vor jer. Og det er altså heller ikke tilfældet. Jeg glæder mig meget til at høre om og til at se mere til Ernests arbejder. Jeg har talt en del med folk om Ernests arbejder for at høre, hvor dag de bliver forstået.  du har absolut en resonans her, Ernest, og du skulle bare se, hvor folks ansigter lyser op når de taler om dine billeder. Poul Vad er stærkt entusiastisk og jeg glæder mig meget til engang at lave en udstilling med dine arbejder. Agnethe Bjerre, Frede Christoffersens kone, fortalte at også Bille sætter Ernests arbejder ganske overordentligt højt. Også jeg føler en mægtig igangsættende kraft komme fra dine arbejder, og det rykker derfor meget i mig for at komme i gang med mit galerie for at kunne dele denne glæde og inspiration med andre.Også Sonja ting bliver der meget ”taget del i” på ”Den Frie”. Jeg stiller mig altid op i nærheden for at høre andre, Også du har så ganske bestemt et stort publikum såvel blandt de helt unge op til de mere modne. Jeg var glædelig overrasket over alle de grønskollingers jubeludbrud ved at se dig. Men jeg tror de faktisk er meget mere modne og åbne end vi fatter og så sandelig mere voksne end min generation i den alder.Sonja arbejder er simpelthen opstilles som en drøm. De er så stramt opstillet og placeret med en sådan forståelse for de enkelte skulptureres udtryk og for deres indre forhold at de vækker xxx gør en helt blød indeni, og virkelig for sagt det de skal sige helt klart.den opstillingskomite skulle have en guldmedalje for opstillingen. Jeg har udtrykt min begejstring for Poul Jensen og håber han bringer den videre, for det fortjener den xxxx.I informations anmeldelse har der indsneget sig en fejl. Kunstfonden har ikke også købt ”den lille nænsomme”, desværre. Jeg er glad for at Kunstfonden har godkendt vores priser med det nye køb. Det giver jo også dig en vældig rettesnor. Husk nu min ven Gxxxxxs ”kloge” ord om beskedenhed. Så vidt jeg husker er udkastet større end l’accord og xxx udkastet er udformet i ½ størrelse. Du kan evt. diskutere pris med Braase som tager til Paris på fredag. Han sender kort før han kommer. Han er en mægtig sød, - i ordets bedste betydning – og mild mand, som man alligevel ikke løber om hjørner med. Jeg har besøgt Tokantens nye ejer for at evt og købe din der stående skulptur med henblik på en større udstilling.  Køb var ikke umuligt men nu må jeg se om vi kan få lov at tage afstøbning. Jeg skal ind og tale med ejerindens mand, xxx xxxxx xxx og xxxx da jeg kom i går.Jeg er meget glad for at have lært Vad at kende. Jeg tror vi vil kunne få et udmærket samarbejde. Jeg har fortalt ham om vores/mine planer og han er fuld af hjælpsomhed. Han har allerede forsynet mig med gode introduktioner bl. a. det er som om jeg nu ved min nye arbejde og min nye mission har opnået en voksenhed jeg aldrig har feks. i Grønlandsministeriet.Christian, som har lovet at introducere mig til Elise Johansen, hvad jeg glæder mig meget til, har virkelig gjort et fint arbejde med at arrangere delegationen på den frie. Han har været så ked af misforståelsen med Carlsbergfonden. Fonden har ladet forlyde, at den er xxxxxx p.t. og derfor overhovedet ikke vil foretage indkøb på ”Den Frie”. det lyder mærkeligt men skulle være ganske vist.Jeg fotograferede Sonjas arbejder for jeg kørte dem ind på Den Frie. Som I ser, er det ikke på det fotografiske område jeg udtrykker mig bedst. Men billederne, kan da allenfals give en idé om l’accord og dens familie hos mig. Jan har lige ringet og der er en lang enquete med Christian i billedbladet. Jeg sender det en af de nærmeste dage. Jeg har forsøgt at få en af de billige billetter til Paris før de udløber, men det synes umuligt så bliver det først hen på sommeren jeg kommer, too bad. Jeg må tilstå og jeg håber ikke Sonja bliver vred, at jeg, da jeg hørte frakken passede, bare købte en dragt og en varm kjole. Jeg husker, hvor du frøs, da vi kom hjem fra frokost hin dag, og det er xxxxxxx. Tøj er så billigt her og især i forhold til priserne i Frankrig så derfor har jeg tilladt mig dette. Jeg har i formiddag indleveret tøjet til rensning, for så kan jeg sende det som glemte klæder. Det går jo ikke når de endnu lugter af butik. Jeg håber ikke jeg har blandet mig for meget i jeres anliggender. efter endt rensning sender jeg så tøjet. Nu ikke mere for i dag. Med mange kærlige hilsner fra Jeres Steingrim</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -585,51 +585,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Xpq5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/9rh5k1kN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/fgz9ptIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/PlcF7kZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/AgYkjUL0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/IdcUikT8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/dJDj7ktW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/skncu8d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/nKedBtXR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/GYtEh2gz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/uAW4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9OlU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Rdds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ITHh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4T24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/rgF9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6QK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YDTY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/AXj8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0z2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/pBe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cAvw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/92pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MzZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/qqjA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/9OlU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Rdds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/92pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Xpq5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/nKedBtXR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/GYtEh2gz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ITHh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/4T24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/YDTY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0z2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/cAvw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MzZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/qqjA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/AXj8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/AgYkjUL0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/9rh5k1kN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/fgz9ptIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/IdcUikT8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/dJDj7ktW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/PlcF7kZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/skncu8d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/uAW4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/rgF9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/pBe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6QK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M26"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -657,1155 +657,1155 @@
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="5" t="s">
+      <c r="A2" s="5" t="n">
+        <v>1959</v>
+      </c>
+      <c r="B2" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B2" s="5" t="s">
+      <c r="C2" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C2" s="5" t="s">
+      <c r="D2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E2" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D2" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E2" s="5" t="s">
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="F2" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H2" s="5" t="s">
+      <c r="I2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5"/>
+    </row>
+    <row r="3">
+      <c r="A3" s="5" t="n">
+        <v>1962</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="I3" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="M2" s="5"/>
-[...2 lines deleted...]
-      <c r="A3" s="5" t="s">
+      <c r="J3" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K3" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="B3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>23</v>
-      </c>
-[...36 lines deleted...]
-        <v>27</v>
       </c>
       <c r="M3" s="5"/>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="B4" s="5" t="s">
-[...18 lines deleted...]
-        </is>
+      <c r="F4" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="I4" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I4" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="M4" s="5"/>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="E5" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E5" s="5" t="s">
+        <v>35</v>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>33</v>
-[...5 lines deleted...]
-        </is>
+        <v>36</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="M5" s="5"/>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="D6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I6" s="5"/>
       <c r="J6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K6" s="5" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="M6" s="5"/>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I7" s="5"/>
       <c r="J7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K7" s="5" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="M7" s="5"/>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-        </is>
+        <v>48</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I8" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I8" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="M8" s="5"/>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>24</v>
-[...14 lines deleted...]
-        </is>
+        <v>53</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H9" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H9" s="5" t="s">
+        <v>55</v>
       </c>
       <c r="I9" s="5"/>
-      <c r="J9" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J9" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="M9" s="5"/>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>49</v>
-[...14 lines deleted...]
-        </is>
+        <v>59</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H10" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H10" s="5" t="s">
+        <v>62</v>
       </c>
       <c r="I10" s="5"/>
-      <c r="J10" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J10" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="M10" s="5"/>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>49</v>
-[...14 lines deleted...]
-        </is>
+        <v>66</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H11" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H11" s="5" t="s">
+        <v>67</v>
       </c>
       <c r="I11" s="5"/>
-      <c r="J11" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J11" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>52</v>
+        <v>68</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>53</v>
+        <v>69</v>
       </c>
       <c r="M11" s="5"/>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-        </is>
+        <v>71</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>58</v>
+        <v>35</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H12" s="5" t="s">
-        <v>59</v>
+      <c r="H12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I12" s="5"/>
       <c r="J12" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="M12" s="5"/>
     </row>
     <row r="13">
-      <c r="A13" s="5" t="n">
-        <v>1959</v>
+      <c r="A13" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>63</v>
-[...4 lines deleted...]
-        </is>
+        <v>75</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>64</v>
-[...4 lines deleted...]
-        </is>
+        <v>76</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H13" s="5" t="s">
-[...6 lines deleted...]
-        <v>19</v>
+      <c r="H13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I13" s="5"/>
+      <c r="J13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K13" s="5" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="M13" s="5"/>
     </row>
     <row r="14">
-      <c r="A14" s="5" t="n">
-        <v>1962</v>
+      <c r="A14" s="5" t="s">
+        <v>79</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>63</v>
-[...4 lines deleted...]
-        </is>
+        <v>75</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>64</v>
-[...4 lines deleted...]
-        </is>
+        <v>76</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H14" s="5" t="s">
-[...6 lines deleted...]
-        <v>19</v>
+      <c r="H14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I14" s="5"/>
+      <c r="J14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K14" s="5" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="M14" s="5"/>
+        <v>81</v>
+      </c>
+      <c r="M14" s="5" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>73</v>
+        <v>53</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>57</v>
-[...9 lines deleted...]
-        </is>
+        <v>29</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H15" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H15" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="I15" s="5"/>
       <c r="J15" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="M15" s="5"/>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>78</v>
-[...8 lines deleted...]
-        <v>80</v>
+        <v>16</v>
+      </c>
+      <c r="D16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H16" s="5" t="s">
-        <v>81</v>
+      <c r="H16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I16" s="5"/>
-      <c r="J16" s="5" t="s">
-        <v>19</v>
+      <c r="J16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K16" s="5" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="M16" s="5"/>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>85</v>
-[...4 lines deleted...]
-      <c r="E17" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="F17" s="5" t="s">
-        <v>80</v>
+      <c r="D17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>86</v>
-[...5 lines deleted...]
-        <v>19</v>
+        <v>91</v>
+      </c>
+      <c r="I17" s="5"/>
+      <c r="J17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K17" s="5" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="M17" s="5"/>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>16</v>
+      </c>
+      <c r="D18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="I18" s="5" t="s">
         <v>95</v>
       </c>
-      <c r="J18" s="5" t="s">
+      <c r="I18" s="5"/>
+      <c r="J18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K18" s="5" t="s">
         <v>96</v>
       </c>
-      <c r="K18" s="5" t="s">
+      <c r="L18" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="L18" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M18" s="5"/>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I19" s="5"/>
+      <c r="J19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K19" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="L19" s="6" t="s">
         <v>100</v>
-      </c>
-[...31 lines deleted...]
-        <v>105</v>
       </c>
       <c r="M19" s="5"/>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>78</v>
-[...8 lines deleted...]
-        <v>80</v>
+        <v>16</v>
+      </c>
+      <c r="D20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H20" s="5" t="s">
-        <v>107</v>
+      <c r="H20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I20" s="5"/>
-      <c r="J20" s="5" t="s">
-        <v>19</v>
+      <c r="J20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K20" s="5" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="M20" s="5"/>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>111</v>
-[...8 lines deleted...]
-        <v>80</v>
+        <v>16</v>
+      </c>
+      <c r="D21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="I21" s="5"/>
-      <c r="J21" s="5" t="s">
-        <v>19</v>
+      <c r="J21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K21" s="5" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="M21" s="5"/>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>116</v>
-[...4 lines deleted...]
-      <c r="E22" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="F22" s="5" t="s">
-        <v>80</v>
+      <c r="D22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H22" s="5" t="s">
-        <v>117</v>
+      <c r="H22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I22" s="5"/>
-      <c r="J22" s="5" t="s">
-        <v>19</v>
+      <c r="J22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K22" s="5" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="M22" s="5"/>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>72</v>
+        <v>112</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>57</v>
+        <v>113</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>29</v>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F23" s="5" t="s">
-        <v>16</v>
+        <v>114</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H23" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H23" s="5" t="s">
+        <v>115</v>
       </c>
       <c r="I23" s="5"/>
       <c r="J23" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="M23" s="5"/>
+        <v>117</v>
+      </c>
+      <c r="M23" s="5" t="s">
+        <v>118</v>
+      </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="J24" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K24" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="L24" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="M24" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="B24" s="5" t="s">
-[...34 lines deleted...]
-      <c r="M24" s="5"/>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H25" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="I25" s="5"/>
+      <c r="J25" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K25" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="L25" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="M25" s="5" t="s">
         <v>131</v>
       </c>
-      <c r="B25" s="5" t="s">
-[...36 lines deleted...]
-      <c r="M25" s="5"/>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H26" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="J26" s="5" t="s">
         <v>136</v>
-      </c>
-[...29 lines deleted...]
-        </is>
       </c>
       <c r="K26" s="5" t="s">
         <v>137</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>138</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>139</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>