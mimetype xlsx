--- v0 (2025-10-14)
+++ v1 (2026-02-04)
@@ -418,88 +418,88 @@
 Jean  Weinfeld</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/jhwP</t>
   </si>
   <si>
     <t>Audio file 31-2</t>
   </si>
   <si>
     <t>District 6, Cape Town</t>
   </si>
   <si>
     <t>Ejler  Bille
 Georges Braque
 Elsa Dziomba
 Paul Guillaume
 Lippy Lipshitz
 Henri Matisse
 Thomas  Munro
 Pablo Picasso</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/Nvkw</t>
   </si>
   <si>
-    <t>Audio file 115-1</t>
-[...14 lines deleted...]
-  <si>
     <t>Audio file 63-2</t>
   </si>
   <si>
     <t>Ernest Mancoba
 Wonga Mancoba
 Elske Miles</t>
   </si>
   <si>
-    <t>Father Palmer
+    <t>Father W. A. Palmer
 Loquay
-Professor Gleipo
+Professor Evelyn D'Iepu
 Sister Innes
 Sister Margaret
 Sister Pauline
 Geoffrey  Davids
 Freddie  Oliphant
 James  Palmer
 Alvin Uncle Mangqangwana
 Father Samuel Percy Woodfield</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/GHZp</t>
+  </si>
+  <si>
+    <t>Audio file 115-1</t>
+  </si>
+  <si>
+    <t>Brittany, France
+Gare du Nord, Paris</t>
+  </si>
+  <si>
+    <t>Ejler  Bille
+Alberto Giacometti
+Erwin Graumann
+Clarisse Penso</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/0661</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -576,51 +576,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/2LOi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MYEE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/L6bX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/zlZj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/M7CS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/y3aN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dNIg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WqNe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6D5v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JJjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Lr0m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/F8q1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/BuW1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hkun" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7OvE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JzsM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/R2w4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/B6FG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HRNy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MRDY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Wwwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Ne3R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/fFHw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/jhwP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Nvkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/GHZp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/2LOi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MYEE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/L6bX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/zlZj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/M7CS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/y3aN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/dNIg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/WqNe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/6D5v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JJjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Lr0m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/F8q1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/BuW1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hkun" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/7OvE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/JzsM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/R2w4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/B6FG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/HRNy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/MRDY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Wwwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Ne3R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/fFHw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/jhwP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Nvkw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/GHZp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M28"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1792,114 +1792,114 @@
       </c>
       <c r="I26" s="5"/>
       <c r="J26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L26" s="6" t="s">
         <v>120</v>
       </c>
       <c r="M26" s="5"/>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>121</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>88</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>89</v>
+        <v>122</v>
       </c>
       <c r="D27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E27" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G27" s="5" t="s">
-        <v>122</v>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H27" s="5" t="s">
         <v>123</v>
       </c>
       <c r="I27" s="5"/>
       <c r="J27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L27" s="6" t="s">
         <v>124</v>
       </c>
       <c r="M27" s="5"/>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
         <v>125</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>88</v>
       </c>
       <c r="C28" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="D28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G28" s="5" t="s">
         <v>126</v>
-      </c>
-[...16 lines deleted...]
-        </is>
       </c>
       <c r="H28" s="5" t="s">
         <v>127</v>
       </c>
       <c r="I28" s="5"/>
       <c r="J28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L28" s="6" t="s">
         <v>128</v>
       </c>
       <c r="M28" s="5"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>