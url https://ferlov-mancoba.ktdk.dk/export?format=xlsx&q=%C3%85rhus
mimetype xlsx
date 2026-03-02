--- v0 (2025-10-14)
+++ v1 (2026-03-02)
@@ -44,347 +44,347 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t> 2. sep. 1938</t>
-[...48 lines deleted...]
-    <t>1964-08-12</t>
+    <t>1969-10-15</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Elise  Johansen</t>
+    <t>Svend  Aarkrog</t>
   </si>
   <si>
     <t>Sonja Ferlov Mancoba</t>
   </si>
   <si>
-    <t>Nyhavn</t>
+    <t>Århus</t>
   </si>
   <si>
     <t>Paris</t>
   </si>
   <si>
-    <t>Hans-Peder
-[...4 lines deleted...]
-  <si>
     <t>Ferlov Mancoba arkivet.</t>
   </si>
   <si>
-    <t>Elise Johansen skriver til Sonja Ferlov Mancoba og beder hende lave en skulptur til hende. Hun har kun én og vil gerne have en mere til sin samling. Hun har vundet 5000 kr., som hun vil sende til Sonja Ferlov Mancoba. Hun fortæller, hvad Sonja Ferlov Mancobas gamle venner laver for tiden: Ejler Bille har været i Italien og Egypten. Richard Mortensen arbejder på to store vægbilleder til Aarhus Universitet. Hun selv har været syg med dårligt hjerte.</t>
-[...38 lines deleted...]
-    <t>1969-04-21</t>
+    <t>Svend Aarkrog spørger Sonja Ferlov Mancoba, om han må forsyne den bronzeskulptur, han har erhvervet, med signatur og årstal, og om hun i så fald vil anvise hvordan til bronzestøberen. Endvidere spørger han til baggrunden for værket titel.</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/GpYF</t>
+  </si>
+  <si>
+    <t>1974-03-01</t>
+  </si>
+  <si>
+    <t>Kristian Jacobsen
+Aarhus Kunstmuseum</t>
+  </si>
+  <si>
+    <t>Kristian Jacobsen fra Aarhus Kunstmuseum meddeler Sonja Ferlov Mancoba, at museet har erhvervet hendes &lt;em&gt;Skulptur&lt;/em&gt;, 1951. Et værk, han længe har ønsket at føje til samlingen. </t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/FlxT</t>
+  </si>
+  <si>
+    <t>1969-09-10</t>
   </si>
   <si>
     <t>Jan  Groth</t>
-  </si>
-[...18 lines deleted...]
-    <t>1969-04-25</t>
   </si>
   <si>
     <t>Sonja Ferlov Mancoba
 Ernest Mancoba</t>
   </si>
   <si>
-    <t>Horst Halvorsens Kunsthandel
-[...9 lines deleted...]
-    <t>1969-09-10</t>
+    <t>Bråde</t>
   </si>
   <si>
     <t>Troels Andersen
 Benedikte Groth
 Kristian Jacobsen
 Steingrim Laursen</t>
   </si>
   <si>
     <t>Jan Groth refererer til Aarhus Kunstmuseum, hvor Sonja Ferlov Mancoba, Ernest Mancoba og Jan Groth udstillede sammen i 1969.</t>
   </si>
   <si>
     <t>Jan Groth skriver til Sonja Ferlov Mancoba og Ernest Mancoba om udstillingsrummene i Århus og hvor velegnede de er til Ernests arbejder. Endvidere beretter han, at han har solgt en af de gobeliner, han selv skal have med på udstillingen. </t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/AUwV</t>
   </si>
   <si>
-    <t>1969-10-15</t>
-[...60 lines deleted...]
-  <si>
     <t>1981-12-19</t>
+  </si>
+  <si>
+    <t>Ernest Mancoba</t>
   </si>
   <si>
     <t>Karen Vad
 Poul Vad</t>
   </si>
   <si>
     <t>Apulejus fra Madaura 
 Arius
 Cyprian
 Nestorius
 Plotin
 Saint Augustine of Hippo
 Tertullian
 Kasper  Vad
 Signe  Vad</t>
   </si>
   <si>
+    <t>Ferlov Mancoba arkivet</t>
+  </si>
+  <si>
     <t>Ernest Mancoba skriver til Karen og Poul Vad om sine tanker om den vestlige verdens samfund. Han sammenligner nutiden med tiden omkring Roms fald, og støtter sig til læsninger af de de kristne kirkefædre, særligt Augustin. Han sporer en åndelig krise hen over de seneste 2000 år. Han skriver for at dele sine tanker og refleksioner med Poul og Karen Vad og for at sige at de er i hans tanker også selvom det er længe siden han har skrevet til dem sidst.</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/hRc6</t>
   </si>
   <si>
     <t>153, rue du ChâteauPARIS 14eDec. 19, 1981My dear Paul My dear Karen,Just a little word to say that inspite of my long silence you are constantly in my mind and I look back with unchanging respect and gratitude to the courageous and hopeful moments we experienced together.Today dark and heavy clouds are hanging over the destiny of our humanity; we must not give in to dejection and despair – mankind has survived moments of cruel adversity in the course of time – I have devoted, of late, some time reading on the state of the Occident at the break-down of the Roman Empire (Pax Romana) and the period that preceded the founding of our present day society The most obvious and outstanding reason for the collapse of this very courageous tentative vas the lack of an ‘idea’ that could have held together and cemented the various peoples that constituted that |this| vast and far flung Empire towards a common purpose and world vision. It is to the last writers of Antiguity and first Xtian Fathers and writers (to their great honour) that we owe the clear putting up of the problem and the discussion of its various aspects – I think of Apulée, Plotin Tertullien, Cyprien, Arius, Nestorius, Donatus and expecially Augustin.These debates and controversies resulted in the Church doctrine and liturgy of the Early Church based upon the concepts and conclusions of the Council of Nicea (340) Which were eventually upheld and defended so brilliantly by Saint Augustin notably in his De Trinitate.Without questioning the honesty and sincerity of Saint Augustin and his great concern for the destiny and wellbeing of man I have a nagging feeling that he was first of all things a political thinker rather than a theologian. His was a solution of emergency (de catastrophe) when the hand of each man was against every other man – an appeal for an armistice (paix de Dieu); for a period of respite and reflexion; for humanity to regain its equilibrium in serenity –This period has lasted now nearly two thousand years and especially since the Renaissance and the Reformation the credibility of the Christian hypothesis |has| become badly shaken. The question posed and to be answered by our generation today is equivalent to that which faced man at the end of the Roman Empire.Dear friends this is an attempt to give you a little picture of my state of mind for the moment. This year has been very difficult and full of unforeseeable events – Personally for a long time my health has been uncertain an I have been in a state of constant fatigue and physical weakness. But however now I have been regaining forces after a long convalescence and am beginning to take up again. You can be sure that we are hoping to hear from you all Remember us to Kasper and Signe I embrace you all from the bottom of my heart and I ask you to receive our most heartfelt Good Wishes of the Season! Wonga Sonja + Ernest</t>
   </si>
   <si>
+    <t>1969-10-17</t>
+  </si>
+  <si>
+    <t>Niels Ferlov</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Sonja Ferlov Mancoba skriver til Niels Ferlov at hun er glad for hvordan han har placeret hendes skulptur ved Rødovre Gymnasium. Hun fortæller at hun igen arbejder på en lille skulptur inspireret af indtryk fra øen Belle-Île og nævner i den forbindelse Vaubans fæstningsmure fra 17. århundrede. </t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/ufQ1</t>
+  </si>
+  <si>
     <t>1984-08-15</t>
   </si>
   <si>
     <t>Mikael Andersen</t>
   </si>
   <si>
+    <t>Sonja Ferlov Mancoba
+Ernest Mancoba
+Wonga Mancoba</t>
+  </si>
+  <si>
     <t>Dragør</t>
   </si>
   <si>
     <t>Mikael Andersen skriver til Sonja Ferlov Mancoba, Ernest Mancoba og Wonga Mancoba, at han snart kommer til Paris igen og har planlagt deres fælles tur til Provence. Han skriver om menneskers fællesskab og ild som et samlende element for mennesker i årtusinder.</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/ruhJ</t>
+  </si>
+  <si>
+    <t>1964-08-12</t>
+  </si>
+  <si>
+    <t>Elise  Johansen</t>
+  </si>
+  <si>
+    <t>Nyhavn</t>
+  </si>
+  <si>
+    <t>Hans-Peder
+Ejler  Bille
+Wonga Mancoba
+Richard Mortensen</t>
+  </si>
+  <si>
+    <t>Elise Johansen skriver til Sonja Ferlov Mancoba og beder hende lave en skulptur til hende. Hun har kun én og vil gerne have en mere til sin samling. Hun har vundet 5000 kr., som hun vil sende til Sonja Ferlov Mancoba. Hun fortæller, hvad Sonja Ferlov Mancobas gamle venner laver for tiden: Ejler Bille har været i Italien og Egypten. Richard Mortensen arbejder på to store vægbilleder til Aarhus Universitet. Hun selv har været syg med dårligt hjerte.</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/Yv8a</t>
+  </si>
+  <si>
+    <t>1970-04-08</t>
+  </si>
+  <si>
+    <t>Lars Rostrup Bøyesen</t>
+  </si>
+  <si>
+    <t>Aalborg</t>
+  </si>
+  <si>
+    <t>Robert  Dahlmann Olsen
+Uffe Harder</t>
+  </si>
+  <si>
+    <t>Lars Rostrup Bøyesen skriver til Sonja Ferlov Mancoba, fordi han gerne vil udgive en bog om hende i serien &lt;em&gt;Vor Tids Kunst&lt;/em&gt;. Han har forhørt sig, om Uffe Harder ville stå for teksten, men da han har sagt nej grundet andre projekter, så foreslår han i stedet Robert Dahlmann Olsen som tekstforfatter. Han oplyser, at han allerede har ladet hendes udstilling på Aarhus Kunstmuseum gennemfotografere med henblik på billedmateriale til bogen. </t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/OL8y</t>
+  </si>
+  <si>
+    <t> 2. sep. 1938</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Goolam Gool
+Halima Gool
+Lippy Lipshitz
+I.B. Tabata
+Arthur Wilkie</t>
+  </si>
+  <si>
+    <t>Den 2. september 1938 besteg Ernest Mancoba et skib, der forlod Cape Town, Sydafrika, til Southampton, Storbritannien. Det ankom den 19. september 1938. Mancoba førte en rejsejournal om rejsen.translated 2025-02-06</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/n/QxIhtmM5</t>
+  </si>
+  <si>
+    <t>1950-12-19</t>
+  </si>
+  <si>
+    <t>Manuskript</t>
+  </si>
+  <si>
+    <t>Danmark</t>
+  </si>
+  <si>
+    <t>George Bernard Shaw</t>
+  </si>
+  <si>
+    <t>Manuskriptet svarer ord for ord til en tilsvarende tekst på dansk, som Ernest Mancoba læste op i en radioudsendelse på Danmarks Radio. Radioprogrammet hed Afrikas stemme og blev første gang sendt d. 18.12.1950. Tilrettelæggeren var Henning Pade og udover Ernest Mancobas bidrag blev der læst prosa og poesi op med relation til livet i Afrika. Transkriberet, resumeret og annoteret af Karen Westphal Eriksen.</t>
+  </si>
+  <si>
+    <t>Ferlov Mancoba-arkivet.</t>
+  </si>
+  <si>
+    <t>Ernest Mancobas manuskript "Radio Broadcast."</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/NgGy</t>
+  </si>
+  <si>
+    <t>Radio Broadcast (19/12/50)For most people to think about Africa is to think about lions, elephants and man-eating savages who live on wildfruits in the jungle and do no work but fight each other all day long. They think of the African as superstitious ignorant, and given to all kinds of evil and sexual license – They think of him as an idle polygamist who has no moral obligations either to his family or his progeny. They think of him as being different to themselves in all ways and therefore as being outside consideration in the councils for the organization of human society. And if they are concerned at all then it is by way of charity and pity for the poor heathens who live in darkness and who must slowly be brought along the ways of civilization and peaceful association. It never occurs to them that the Africa of today is a changed Africa and that the human material is mobile and in constant movement, that the effects and results of colonisation and industrialisation during the last 200 years have been the rapid transformation of Africa into a new continent and of the African into a new man demanding his place as a citizen in his own country. It never occurs to them that all the bases of old Africa have been broken down and that all traces of the tribal and feudal systems have been in the process of disintegration even before the impact of Western civilization and that the present generation of Africans has been born in similar conditions as in Europe. It never occurs to them that some of the most important industrial and agricultural areas of the world are situated in the Africa of today. It never occurs to them that the destinies of the colonial people are bound up for good or for evil with those of the rest of the world. I was born in South Africa at Johannesburg one of the most thickly populated and the most highly industrialised mining centres of the world. I went to school as any child in Europe does today and knew nothing about the social and cultural systems of ancient Africa except by reading. These had disappeared and my people had become like the workers of all the countries of the world wage-earners, but with the difference that they had suffered all the injustices and humiliations of being black. From the very outset I realised that the position of my people was something else in relation to that of the whites. I was soon to find out that the Europeans were the masters and the Africans the inferiors who were to bow and scrape hat in hand and at the beck and call of the white mand. It soon dawned upon me as upon all other African children that there was a permanent conflict in South Africa between the white and the black races and I gradually came to understand the universal problem – the clash of colour. Today the present generation of Africa like that of India and China is revolting against the perpetuation of a situation that has become intolerable. In the first place all the Europeans in the colonial countries despite their national conflicts and strife at home have always presented a united front against the colonial peoples. To be white is the only evident and striking difference from the coloured races and this whiteness has become a mark of inherent superiority and has easily become associated with the dramatic achievements of the Industrial Revolution. The development of the Arts and sciences, industry and government have come to be inseparable from “whiteness” and “Europeanness”. The non-whites have been kept away from theses domains and have been stamped as inferior blood-thirsty savages and they have been made to accept this position as coming from God himself. “The nigger must be kept in his place” is a significant and common expression in Africa the United States and in Africa and it means the suppression and the exploitation of the African as such at all costs and by all means. In both these countries it is an everyday affair to terrorise the African and to apply physical violence in the settlement of simple day to day differences and in the maintenance of the status quo in the favour of the white man.In South Africa as in the United States there has developed a caste system parallel to that of old India in which the Africans are the pariahs and out-casts of society. They are the untouchables who must be barred admittance to all the spheres and activities of communal life and in this pyramid and hierarchy of rights and privileges they carry the brunt of the economic structure. They are the lowest paid of all the workers and in the labour market they are the least favoured of all the racial groups – the last to get a job and the first to fired –The most aggressive elements in this situation are those nearest the coloured raves ie the poor whites, who are the first to cry out when a black man threatens to cross the line of demarcation. The Africans are not allowed in the trade unions and when it is a question the white workers are told that if the Africans got higher wages then the standard of living of the white man would drop down to that of the “nigger” On the other hand the Africans have been used as strike-breakers and that has intensified the fear and the hatred of the white workers.In South Africa the African is forbidden by law to possess land outside the overcrowded native reserves. when One-fifth of the land is native area for a population of 9-10 million, the rest being at the disposal of 3-4 million whites. The towns are the domain of the Europeans and the Africans are tolerated only as servants and live in overcrowded ghettos fenced in with walls and iron railings These are guarded by the police night and day and are visited with occasional raids and mass arrestations. The Africans are not allowed in the towns after n 9 o’clock in the evening. Police patrols run the streets and pick up all belated stragglers who have no special permits signed by their masters.There is no question of unemployed blacks. The African is given a short period of time to look for work after which he is thrown in jail and sent off to some farm as convict labour. The problem of social aid does not exist. Every African male has to pay a poll tax of £1 a year regardless of his pay which ranges from £2 to £3 a month on average as compared with the average of £15 to £20 a month for the white workers doing the same jobs and who pay taxes in proportion to their wages and income and who enjoy every form of social help, the use of public conveniences, libraries, parks and free school education denied the majority of the people because they are black. The police and public functionaries such as posts office and railway clerks etc all act together to keep the African in “his place”. Any signs of showing respect and courtesy in personal on the part of any white man with regard the Africans at once arouses the indignation of the white group and he is at once ostrocised and called a “niggerlover” and traitor and his position socially and economically becomes endangered. The African is discriminated against in every walk of life. He is denied the vote in his own country and has no right of citizenship. Laws regarding him are made over his head. In a word, he is of the nation and at the same time outside it. The whites are resolved and determined to uphold and maintain their prestige and the Africans have become sullen, suspicious and full of ideas of vengeance but any reaction on their part is quelled down with machine guns. It is this situation that rankles in the heart of the negro people in all the parts of the world where they are destined to live side by side with the Europeans. They have lost faith in the much exalted virtues of Democracy – a Democracy they have never seen practised, a Democracy for which they have been called upon to defend in two world wars.The Japanese in their propaganda during World War II exploited this discontent among the coloured races of the world and the remark of the young negro recruit in the American army has become famous: Upon my grave you will write – Here lies a black man who died fighting the yellow man for the white man.This is the burning point of the colour problem. This is the turning point where the African intellectuals and leaders on the one side are torn between the dilemma of solidarity to their race and the same time solidarity to the Western Civilisation which has shaped them and in terms of which they think and work speak and hope. On the other hand, this is the dilemma of the white man who is torn between two loyalties – his ideal of what is right and just and his loyalty to his ethnological group which controls the economic resources of the world.While for the white man in the dominant position it is a question of conscience, for the black man it is a question of life and death. Bernard Shaw has summed it up very well. He says: The haughty American nation makes the negro clean its boots and then proves the moral and physical inferiority of the negro by the fact that he is a shoe black. The predominant note in the work of modern African writers is this revolt against and the impatience with the artificial barriers that have been imposed to stop the progress and the efforts of improvement and self determination of their people – Their work has had a double mission – to appeal to the world and to rouse and inspire the African people to further efforts in their struggle for liberty and justice. The poetry and other art expressions of Ancient Africa were concerned with the lot of man in relation to the forces of nature and the relation of man to his fellows as a social being. The art of expression of modern Africa is preoccupied with the conflict of colour and the oppression of race by race. The modern African African writers have resolved to attack this citadel of hatred and prejudice which has engulfed so much human energies and blocked the way towards spiritual freedom, tolerance and culture – They have realised that the meeting of the races cannot be put back and that the way to avoid catastrophe is the way of understanding and cooperation. But how can understanding and cooperation be arrived at as long as the white races are guarding with increasing nervosity the gains and advantages history has given them? That is the question. </t>
   </si>
   <si>
     <t>Audio file 15-1</t>
   </si>
   <si>
     <t>Lydklip</t>
   </si>
   <si>
     <t>Ernest Mancoba
 Wonga Mancoba</t>
   </si>
   <si>
     <t>Tidsindeks og kommentarer udarbejdet af W. Szetranslated 2025-02-07</t>
   </si>
   <si>
     <t>Ejer af Ferlov Mancobatranslated 2025-02-07</t>
   </si>
   <si>
     <t>Sønnen til Ernest Mancoba, Marc, også kendt som Wonga, indspillede interviews med sin far. Interviewsne syntes at tjene forskellige formål. I denne fil diskuterer Ernest Mancoba eksplicit sin filosofi om kunst. translated 2025-02-07</t>
   </si>
   <si>
     <t>https://ferlov-mancoba.ktdk.dk/d/0QgV</t>
+  </si>
+  <si>
+    <t>1969-01-13</t>
+  </si>
+  <si>
+    <t>Benedikte Groth</t>
+  </si>
+  <si>
+    <t>Jan  Groth
+Steingrim Laursen</t>
+  </si>
+  <si>
+    <t>Udstillingen i Oslo er Sonja Ferlov Mancoba og Jan Groth, Holst Halvorsens Kunsthandel, Oslo, 1969. Udstillingen gik videre til Aarhus Kunstmuseum, 27. september – 12. oktober 1969, hvor Ernest Mancoba samtidig udstillede værker på papir (Ernest Mancoba, Aarhus Kunstmuseum, 27. september – 12. oktober 1969).</t>
+  </si>
+  <si>
+    <t>Benedikte Groth skriver til Sonja Ferlov, Ernest og Wonga Mancoba i forlængelse af deres besøg hos hende og Jan Groth. Hun skriver hvordan et går med at få vævet gobelinerne færdige til udstillingen i Oslo i Horst Halvorsens Kunsthandel, og hvordan hun oplever at der i løbet af deres besøg er lagt en kim til noget der i fremtiden vil vokse sig stort og stærkt, selv på afstand.</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/A6dG</t>
+  </si>
+  <si>
+    <t>Braade 13-1-69.Kære Sonja Ernest og Wonga!Tak for dit gode brev Sonja, hvor du, selvom du selv mener dine ord er fattige og ikke slår til, i den grad når en, så den gode tid, mens I var her står klart for øjnene. For som du ved har vi også grund til at takke Jer fordi I kom og i fællesskabet med os skabte grobund for så meget, der som du netop skriver vil ligge i fremtiden, som i samværet fik lagt kimen, men i fremtiden vil vokse sig stort og stærkt.Da I drog afsted stod jeg med følelsen af, at der var meget jeg skulle have sagt – meget som slet ikke kunne få ord i den nøgterne morgen, men jeg følte ikke den skuffelse, som somme tider fylder en, når man har forpasset øjeblikket, for jeg vidste at selvom jeg ikke havde givet mine tanker ord ville jeg gøre det en dag – og selv uden mente jeg at I kendte dem; at I havde gjort tilværelsen rigere for mig som allerede for Jan og Steingrim – og at jeg måtte takke Jer derfor. Og også vi er med friske og foryngede kræfter gået i gang med arbejdet, der daglig vokser under hænderne – dejligt – og inden længe vil Jan være færdig med det 7. panel så vi vil kunne se alle. Og tæppet til Oslo, som jeg arbejder på er også godt på vej og tegner fint. Det bliver en dejlig dag, når Jans tæpper og tegninger og dine skulpturer fylder rummene i Oslo.Og hele tiden føler man denne rigdom i sindet – som voksede og voksede dag for dag, mens I var her – som er med til at føre os alle videre – gennemstrømme vore anstrengelser så at de lykkes – give os vished om så meget som egentlig kun fornemmes – derfor tak alle 3Jeres Benedikte</t>
+  </si>
+  <si>
+    <t>1969-04-21</t>
+  </si>
+  <si>
+    <t>Dagali</t>
+  </si>
+  <si>
+    <t>Benedikte Groth
+Horst Halvorsens Kunsthandel
+Steingrim Laursen</t>
+  </si>
+  <si>
+    <t>Sonja Ferlov Mancoba og Jan Groth udstillede i Horst Halvorsens Kunsthandel i Oslo i 1969. Udstillingen blev også vist på Aarhus Kunstmuseum senere samme år med deltagelse af Ernest Mancoba.</t>
+  </si>
+  <si>
+    <t>Jan Groth skriver til Sonja Ferlov Mancoba om åbningen af deres fælles udstilling i Oslo. Han skriver om, at deres værker deler en fælles stilhed, og at gæsterne på udstillingen tager vel imod værkerne og møder dem med åbenhed. Han tager forbehold for anmeldere og presse, men argumenterer også for, at pressen har en berettigelse for at udbrede kendskabet til deres kunst. Han takker Sonja Ferlov Mancoba for at udstille med ham og Steingrim Laursen for at arrangere udstillingen.</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/gHfL</t>
+  </si>
+  <si>
+    <t>1969-04-25</t>
+  </si>
+  <si>
+    <t>Horst Halvorsens Kunsthandel
+Steingrim Laursen</t>
+  </si>
+  <si>
+    <t>Jan Groth skriver til Sonja Ferlov Mancoba og Ernest Mancoba om sin pressehåndtering af deres fælles udstilling. Anmeldelserne mangler endnu, men besøget er godt. Han skriver at farverne på kortet minder ham om Ernest og beretter om hvordan han har besøgt en norsk gård, hvor kunsthåndværk og redskaber var rige og primitive. Han skriver at her er der beviser for så mange af Ernst og Sonja Mancobas tanker og håb: ”her er slået bro mellem ensomhed, ritual og brug og mening.”</t>
+  </si>
+  <si>
+    <t>https://ferlov-mancoba.ktdk.dk/d/lcZU</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -461,51 +461,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/QxIhtmM5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/NgGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Yv8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/A6dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gHfL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lcZU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/AUwV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/GpYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ufQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OL8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FlxT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hRc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ruhJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0QgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/GpYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/FlxT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/AUwV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/hRc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ufQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/ruhJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/Yv8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/OL8y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/n/QxIhtmM5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/NgGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/0QgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/A6dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/gHfL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://ferlov-mancoba.ktdk.dk/d/lcZU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M15"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -542,625 +542,625 @@
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D2" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="D2" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E2" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H2" s="5" t="s">
-        <v>16</v>
+      <c r="H2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I2" s="5"/>
-      <c r="J2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J2" s="5" t="s">
+        <v>19</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="M2" s="5"/>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B3" s="5" t="s">
-[...29 lines deleted...]
-      <c r="J3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="L3" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M3" s="5"/>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D4" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="E4" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="C4" s="5" t="s">
+      <c r="F4" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="J4" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K4" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="F4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>33</v>
-      </c>
-[...16 lines deleted...]
-        <v>37</v>
       </c>
       <c r="M4" s="5"/>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="I5" s="5"/>
+      <c r="J5" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="D5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="E5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>41</v>
-      </c>
-[...26 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H6" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I6" s="5"/>
       <c r="J6" s="5" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="M6" s="5"/>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D7" s="5" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>50</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H7" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I7" s="5" t="s">
+      <c r="H7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I7" s="5"/>
+      <c r="J7" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K7" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="L7" s="6" t="s">
         <v>52</v>
-      </c>
-[...7 lines deleted...]
-        <v>59</v>
       </c>
       <c r="M7" s="5"/>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="D8" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="E8" s="5" t="s">
-[...15 lines deleted...]
-      </c>
+      <c r="I8" s="5"/>
       <c r="J8" s="5" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="M8" s="5"/>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="F9" s="5" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H9" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H9" s="5" t="s">
+        <v>62</v>
       </c>
       <c r="I9" s="5"/>
       <c r="J9" s="5" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="M9" s="5"/>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>29</v>
+        <v>66</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>31</v>
-[...8 lines deleted...]
-        <v>72</v>
+        <v>35</v>
+      </c>
+      <c r="D10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H10" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H10" s="5" t="s">
+        <v>67</v>
       </c>
       <c r="I10" s="5"/>
-      <c r="J10" s="5" t="s">
-        <v>35</v>
+      <c r="J10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K10" s="5" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="M10" s="5"/>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H11" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="J11" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="B11" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="5" t="s">
+      <c r="K11" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="D11" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E11" s="5" t="s">
+      <c r="L11" s="6" t="s">
         <v>77</v>
       </c>
-      <c r="F11" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H11" s="5" t="s">
+      <c r="M11" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="I11" s="5"/>
-[...9 lines deleted...]
-      <c r="M11" s="5"/>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" s="5" t="s">
         <v>81</v>
       </c>
-      <c r="B12" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C12" s="5" t="s">
+      <c r="D12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I12" s="5" t="s">
         <v>82</v>
       </c>
-      <c r="D12" s="5" t="s">
-[...18 lines deleted...]
-      <c r="I12" s="5"/>
       <c r="J12" s="5" t="s">
-        <v>35</v>
+        <v>83</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M12" s="5"/>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B13" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E13" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="C13" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="I13" s="5"/>
+        <v>88</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>89</v>
+      </c>
       <c r="J13" s="5" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F14" s="5" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H14" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I14" s="5"/>
+      <c r="H14" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>96</v>
+      </c>
       <c r="J14" s="5" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="M14" s="5"/>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H15" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="I15" s="5" t="s">
         <v>96</v>
       </c>
-      <c r="B15" s="5" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="J15" s="5" t="s">
-        <v>100</v>
+        <v>19</v>
       </c>
       <c r="K15" s="5" t="s">
         <v>101</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>102</v>
       </c>
       <c r="M15" s="5"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>